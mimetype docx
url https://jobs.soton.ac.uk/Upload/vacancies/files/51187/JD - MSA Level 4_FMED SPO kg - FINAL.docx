--- v0 (2025-11-26)
+++ v1 (2026-03-10)
@@ -1,87 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00722340" w:rsidP="002B5854" w:rsidRDefault="00CD4E5C" w14:paraId="35D8D38C" w14:textId="6C323365">
+    <w:p w14:paraId="35D8D38C" w14:textId="6C323365" w:rsidR="00722340" w:rsidRDefault="00CD4E5C" w:rsidP="002B5854">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00722340">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="59970307" wp14:editId="569FE35D">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="59970307" wp14:editId="657DF430">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:align>top</wp:align>
             </wp:positionV>
             <wp:extent cx="2167890" cy="503555"/>
             <wp:effectExtent l="0" t="0" r="3810" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1816367247" name="Picture 1" descr="A blue and black logo&#10;&#10;Description automatically generated"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1816367247" name="Picture 1" descr="A blue and black logo&#10;&#10;Description automatically generated"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId11" cstate="print">
@@ -103,51 +102,51 @@
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00722340" w:rsidR="00722340">
+      <w:r w:rsidR="00722340" w:rsidRPr="00722340">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4B4B961A" wp14:editId="0BDA6895">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>-442595</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>-419100</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7576185" cy="1371600"/>
                 <wp:effectExtent l="0" t="0" r="5715" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="577659788" name="Rectangle 1"/>
                 <wp:cNvGraphicFramePr/>
@@ -166,551 +165,446 @@
                         <a:solidFill>
                           <a:schemeClr val="accent1"/>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1">
                             <a:shade val="15000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00722340" w:rsidP="00722340" w:rsidRDefault="00722340" w14:paraId="2EF0118E" w14:textId="77777777"/>
+                          <w:p w14:paraId="2EF0118E" w14:textId="77777777" w:rsidR="00722340" w:rsidRDefault="00722340" w:rsidP="00722340"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <w:pict w14:anchorId="426042EC">
               <v:rect id="Rectangle 1" style="position:absolute;margin-left:-34.85pt;margin-top:-33pt;width:596.55pt;height:108pt;z-index:-251658239;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="#002e3b [3204]" stroked="f" strokeweight="1pt" w14:anchorId="4B4B961A" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAL7YnTegIAAG4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9P2zAQfp+0/8Hy+0jSUcoqUlSBmCYh&#10;QMDEs+vYJJLj885uk+6v39lpUwZok6a9OGffd7++3N3Zed8atlHoG7AlL45yzpSVUDX2ueTfH68+&#10;nXLmg7CVMGBVybfK8/PFxw9nnZurCdRgKoWMnFg/71zJ6xDcPMu8rFUr/BE4ZUmpAVsR6IrPWYWi&#10;I++tySZ5fpJ1gJVDkMp7er0clHyR/GutZLjV2qvATMkpt5BOTOcqntniTMyfUbi6kbs0xD9k0YrG&#10;UtDR1aUIgq2xeeOqbSSCBx2OJLQZaN1IlWqgaor8VTUPtXAq1ULkeDfS5P+fW3mzeXB3SDR0zs89&#10;ibGKXmMbv5Qf6xNZ25Es1Qcm6XE2nZ0Up1POJOmKz7PiJE90Zgdzhz58VdCyKJQc6W8kksTm2gcK&#10;SdA9JEbzYJrqqjEmXWIHqAuDbCPo3wkplQ1F/F9k9RvS2Ii3EC0HdXzJDvUkKWyNijhj75VmTUUV&#10;TFIyqdXeBko51KJSQ/ximo/ljRYpl+QwojXFH30Xf/I9ZLnDR1OVOnU0zv9uPFqkyGDDaNw2FvA9&#10;B2akTw/4PUkDNZGl0K96Si6KK6i2d8gQhpHxTl419BevhQ93AmlGaJpo7sMtHdpAV3LYSZzVgD/f&#10;e494al3SctbRzJXc/1gLVJyZb5aa+ktxfByHNF2Op7MJXfClZvVSY9ftBVBrFLRhnExixAezFzVC&#10;+0TrYRmjkkpYSbFLLgPuLxdh2AW0YKRaLhOMBtOJcG0fnIzOI8GxSx/7J4Fu18qBpuAG9vMp5q86&#10;esBGSwvLdQDdpHY/8LqjnoY69dBuAcWt8fKeUIc1ufgFAAD//wMAUEsDBBQABgAIAAAAIQBH/1Om&#10;4QAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcWrsNpG2IU1WVekEIiUAP&#10;3Nx4iQPxOordNPD1OCe4zWifZmfy7WhbNmDvG0cSFnMBDKlyuqFawtvrYbYG5oMirVpHKOEbPWyL&#10;66tcZdpd6AWHMtQshpDPlAQTQpdx7iuDVvm565Di7cP1VoVo+5rrXl1iuG35UoiUW9VQ/GBUh3uD&#10;1Vd5thIeP1dJaYbd8JM849G449P7Ye+lvL0Zdw/AAo7hD4apfqwORex0cmfSnrUSZulmFdFJpHHU&#10;RCyWyR2wU1T3QgAvcv5/RPELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAC+2J03oCAABu&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAR/9TpuEA&#10;AAAMAQAADwAAAAAAAAAAAAAAAADUBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="00722340" w:rsidP="00722340" w:rsidRDefault="00722340" w14:paraId="672A6659" w14:textId="77777777"/>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin" anchory="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00722340" w:rsidP="002B5854" w:rsidRDefault="00722340" w14:paraId="37B0190F" w14:textId="77777777">
+    <w:p w14:paraId="37B0190F" w14:textId="77777777" w:rsidR="00722340" w:rsidRPr="00722340" w:rsidRDefault="00722340" w:rsidP="002B5854">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00D41E20" w:rsidP="002B5854" w:rsidRDefault="00D41E20" w14:paraId="068408F7" w14:textId="2090D879">
+    <w:p w14:paraId="068408F7" w14:textId="2090D879" w:rsidR="00D41E20" w:rsidRPr="00722340" w:rsidRDefault="00D41E20" w:rsidP="002B5854">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00722340">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>Job Description</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00722340" w:rsidP="002B5854" w:rsidRDefault="00722340" w14:paraId="4E146B86" w14:textId="77777777">
+    <w:p w14:paraId="4E146B86" w14:textId="77777777" w:rsidR="00722340" w:rsidRDefault="00722340" w:rsidP="002B5854">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5520"/>
         </w:tabs>
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D03506" w:rsidP="002B5854" w:rsidRDefault="00D03506" w14:paraId="5704BCBA" w14:textId="5404BC54">
+    <w:p w14:paraId="2343A6B5" w14:textId="77777777" w:rsidR="00D03506" w:rsidRPr="00722340" w:rsidRDefault="00D03506" w:rsidP="002B5854">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5520"/>
         </w:tabs>
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...105 lines deleted...]
-    <w:p w:rsidRPr="00AA762D" w:rsidR="00886EF0" w:rsidP="71534927" w:rsidRDefault="00D41E20" w14:paraId="1787EEA6" w14:textId="7EB7E91C">
+    </w:p>
+    <w:p w14:paraId="1787EEA6" w14:textId="7EB7E91C" w:rsidR="00886EF0" w:rsidRPr="00AA762D" w:rsidRDefault="00D41E20" w:rsidP="71534927">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C5D2DA" w:themeFill="background2" w:themeFillShade="E6"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5520"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="71534927">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b w:val="0"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>Post title:</w:t>
       </w:r>
-      <w:r w:rsidRPr="71534927" w:rsidR="00A60D4E">
+      <w:r w:rsidR="00A60D4E" w:rsidRPr="71534927">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b w:val="0"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="71534927" w:rsidR="4476343C">
+      <w:r w:rsidR="4476343C" w:rsidRPr="71534927">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b w:val="0"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>Specialist Policy Officer</w:t>
       </w:r>
       <w:r w:rsidRPr="71534927">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="71534927" w:rsidR="426ED307">
+      <w:r w:rsidR="426ED307" w:rsidRPr="71534927">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>(FMED)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E87318" w:rsidP="002B5854" w:rsidRDefault="00E87318" w14:paraId="114C3B48" w14:textId="04E2ECB6">
+    <w:p w14:paraId="114C3B48" w14:textId="04E2ECB6" w:rsidR="00E87318" w:rsidRDefault="00E87318" w:rsidP="002B5854">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5520"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00722340">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:bCs/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Date last updated/evaluated:</w:t>
       </w:r>
       <w:r w:rsidRPr="006D162A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006D162A" w:rsidR="004D46AB">
+      <w:r w:rsidR="004D46AB" w:rsidRPr="006D162A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>January 2025</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00D41E20" w:rsidP="002B5854" w:rsidRDefault="006D162A" w14:paraId="12589744" w14:textId="13542850">
+    <w:p w14:paraId="12589744" w14:textId="13542850" w:rsidR="00D41E20" w:rsidRPr="00722340" w:rsidRDefault="006D162A" w:rsidP="002B5854">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5520"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D162A">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Author:</w:t>
       </w:r>
       <w:r w:rsidRPr="006D162A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A60D4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gareth Giles (Head of Public Policy Southampton, Civic Directorate, Research and Innovation Services) </w:t>
       </w:r>
-      <w:r w:rsidR="00174FD3">
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:pict w14:anchorId="76392F8A">
-          <v:rect id="_x0000_i1025" style="width:451.3pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" alt="" o:hr="t" o:hrstd="t" o:hralign="center" fillcolor="#a0a0a0" stroked="f"/>
+          <v:rect id="_x0000_i1025" alt="" style="width:451.3pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00886EF0" w:rsidP="71534927" w:rsidRDefault="00886EF0" w14:paraId="65B8E6EF" w14:textId="32622178">
+    <w:p w14:paraId="65B8E6EF" w14:textId="32622178" w:rsidR="00886EF0" w:rsidRPr="00722340" w:rsidRDefault="00886EF0" w:rsidP="71534927">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="71534927">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Standard Occupation Code:</w:t>
       </w:r>
-      <w:bookmarkStart w:name="_Hlk181889273" w:id="0"/>
-      <w:r w:rsidRPr="006D162A" w:rsidR="00883B4C">
+      <w:bookmarkStart w:id="0" w:name="_Hlk181889273"/>
+      <w:r w:rsidR="00883B4C" w:rsidRPr="006D162A">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006D162A" w:rsidR="001B565F">
+      <w:r w:rsidR="001B565F" w:rsidRPr="006D162A">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="71534927" w:rsidR="5BB161A0">
+      <w:r w:rsidR="5BB161A0" w:rsidRPr="71534927">
         <w:rPr>
           <w:rFonts w:eastAsia="Lucida Sans" w:cs="Lucida Sans"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>2424</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="006D162A" w:rsidR="00886EF0" w:rsidP="00A60D4E" w:rsidRDefault="00886EF0" w14:paraId="0C125905" w14:textId="3E2B551E">
+    <w:p w14:paraId="0C125905" w14:textId="3E2B551E" w:rsidR="00886EF0" w:rsidRPr="006D162A" w:rsidRDefault="00886EF0" w:rsidP="00A60D4E">
       <w:pPr>
         <w:ind w:left="3600" w:hanging="3600"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00722340">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>School / Department:</w:t>
       </w:r>
-      <w:r w:rsidRPr="006D162A" w:rsidR="001B565F">
+      <w:r w:rsidR="001B565F" w:rsidRPr="006D162A">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A60D4E">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Public Policy | Southampton, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00A60D4E" w:rsidR="00886EF0" w:rsidP="00A60D4E" w:rsidRDefault="00886EF0" w14:paraId="0F7483D1" w14:textId="45DCECE7">
+    <w:p w14:paraId="0F7483D1" w14:textId="45DCECE7" w:rsidR="00886EF0" w:rsidRPr="00A60D4E" w:rsidRDefault="00886EF0" w:rsidP="00A60D4E">
       <w:pPr>
         <w:ind w:left="3600" w:hanging="3600"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00722340">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Faculty / Directorate:</w:t>
       </w:r>
-      <w:r w:rsidRPr="006D162A" w:rsidR="001B565F">
+      <w:r w:rsidR="001B565F" w:rsidRPr="006D162A">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A60D4E">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Civic University Directorate, Research &amp; Innovation Services</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="006D162A" w:rsidR="00886EF0" w:rsidP="71534927" w:rsidRDefault="00886EF0" w14:paraId="6667AB9D" w14:textId="2AAA0518">
+    <w:p w14:paraId="6667AB9D" w14:textId="2AAA0518" w:rsidR="00886EF0" w:rsidRPr="006D162A" w:rsidRDefault="00886EF0" w:rsidP="71534927">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="71534927">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Job Family:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
@@ -718,4158 +612,4024 @@
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:alias w:val="Job Family"/>
           <w:tag w:val="Job Family"/>
           <w:id w:val="1958829396"/>
           <w:placeholder>
             <w:docPart w:val="7E50D46D26B443CB9B4E1D1C5272DAF6"/>
           </w:placeholder>
           <w15:color w:val="000000"/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Education, Research and Enterprise (ERE)" w:value="Education, Research and Enterprise (ERE)"/>
             <w:listItem w:displayText="Management, Specialist and Administrative (MSA)" w:value="Management, Specialist and Administrative (MSA)"/>
             <w:listItem w:displayText="Technical and Experimental (TAE)" w:value="Technical and Experimental (TAE)"/>
             <w:listItem w:displayText="Community and Operational (CAO)" w:value="Community and Operational (CAO)"/>
           </w:dropDownList>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="71534927" w:rsidR="642F4279">
+          <w:r w:rsidR="642F4279" w:rsidRPr="71534927">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Management, Specialist and Administrative (MSA</w:t>
           </w:r>
-          <w:r w:rsidRPr="71534927" w:rsidR="00C721CF">
+          <w:r w:rsidR="00C721CF" w:rsidRPr="71534927">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>)</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00886EF0" w:rsidP="002B5854" w:rsidRDefault="00886EF0" w14:paraId="20F0870B" w14:textId="2F39A1BD">
+    <w:p w14:paraId="20F0870B" w14:textId="2F39A1BD" w:rsidR="00886EF0" w:rsidRPr="00722340" w:rsidRDefault="00886EF0" w:rsidP="002B5854">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00722340">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Grade:</w:t>
       </w:r>
-      <w:r w:rsidRPr="006D162A" w:rsidR="001B565F">
+      <w:r w:rsidR="001B565F" w:rsidRPr="006D162A">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006D162A" w:rsidR="001B565F">
+      <w:r w:rsidR="001B565F" w:rsidRPr="006D162A">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006D162A" w:rsidR="001B565F">
+      <w:r w:rsidR="001B565F" w:rsidRPr="006D162A">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006D162A" w:rsidR="00883B4C">
+      <w:r w:rsidR="00883B4C" w:rsidRPr="006D162A">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006D162A" w:rsidR="001B565F">
+      <w:r w:rsidR="001B565F" w:rsidRPr="006D162A">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:alias w:val="Grade"/>
           <w:tag w:val="Grade"/>
           <w:id w:val="146484327"/>
           <w:placeholder>
             <w:docPart w:val="E68031FFBECF49EA886A8DA57D61ADAA"/>
           </w:placeholder>
           <w15:color w:val="000000"/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Level 1a" w:value="Level 1a"/>
             <w:listItem w:displayText="Level 1b" w:value="Level 1b"/>
             <w:listItem w:displayText="Level 2a" w:value="Level 2a"/>
             <w:listItem w:displayText="Level 2b" w:value="Level 2b"/>
             <w:listItem w:displayText="Level 3" w:value="Level 3"/>
             <w:listItem w:displayText="Level 4" w:value="Level 4"/>
             <w:listItem w:displayText="Level 5" w:value="Level 5"/>
             <w:listItem w:displayText="Level 6" w:value="Level 6"/>
             <w:listItem w:displayText="Level 7" w:value="Level 7"/>
           </w:dropDownList>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00207344">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Level 4</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00886EF0" w:rsidP="71534927" w:rsidRDefault="00886EF0" w14:paraId="0600A67B" w14:textId="155394FC">
+    <w:p w14:paraId="0600A67B" w14:textId="155394FC" w:rsidR="00886EF0" w:rsidRPr="00722340" w:rsidRDefault="00886EF0" w:rsidP="71534927">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="71534927">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ERE Pathway (if applicable):</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:alias w:val="ERE Pathway"/>
           <w:tag w:val="ERE Pathway"/>
           <w:id w:val="1875108211"/>
           <w:placeholder>
             <w:docPart w:val="69F2CA45FFA04110B8C1BE7732CC2853"/>
           </w:placeholder>
           <w15:color w:val="000000"/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Balanced" w:value="Balanced"/>
             <w:listItem w:displayText="Education" w:value="Education"/>
             <w:listItem w:displayText="Research" w:value="Research"/>
             <w:listItem w:displayText="Knowledge Exchange and Enterprise" w:value="Knowledge Exchange and Enterprise"/>
             <w:listItem w:displayText="Not applicable" w:value="Not applicable"/>
           </w:dropDownList>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="71534927" w:rsidR="42A33B3C">
+          <w:r w:rsidR="42A33B3C" w:rsidRPr="71534927">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Not applicabl</w:t>
           </w:r>
-          <w:r w:rsidRPr="71534927" w:rsidR="00A60D4E">
+          <w:r w:rsidR="00A60D4E" w:rsidRPr="71534927">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>e</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00886EF0" w:rsidP="002B5854" w:rsidRDefault="00886EF0" w14:paraId="1EF7A160" w14:textId="226EEC01">
+    <w:p w14:paraId="1EF7A160" w14:textId="226EEC01" w:rsidR="00886EF0" w:rsidRPr="00722340" w:rsidRDefault="00886EF0" w:rsidP="002B5854">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00722340">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Post reporting to:</w:t>
       </w:r>
-      <w:r w:rsidRPr="006D162A" w:rsidR="001B565F">
+      <w:r w:rsidR="001B565F" w:rsidRPr="006D162A">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006D162A" w:rsidR="00883B4C">
+      <w:r w:rsidR="00883B4C" w:rsidRPr="006D162A">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006D162A" w:rsidR="001B565F">
+      <w:r w:rsidR="001B565F" w:rsidRPr="006D162A">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A60D4E">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Gareth Giles, Head of Public Policy Southampton</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00886EF0" w:rsidP="002B5854" w:rsidRDefault="00886EF0" w14:paraId="1DD585A1" w14:textId="7CDD00B7">
+    <w:p w14:paraId="1DD585A1" w14:textId="7CDD00B7" w:rsidR="00886EF0" w:rsidRPr="00722340" w:rsidRDefault="00886EF0" w:rsidP="002B5854">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00722340">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Post line report(s):</w:t>
       </w:r>
-      <w:r w:rsidRPr="006D162A" w:rsidR="001B565F">
+      <w:r w:rsidR="001B565F" w:rsidRPr="006D162A">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006D162A" w:rsidR="00883B4C">
+      <w:r w:rsidR="00883B4C" w:rsidRPr="006D162A">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006D162A" w:rsidR="001B565F">
+      <w:r w:rsidR="001B565F" w:rsidRPr="006D162A">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A60D4E">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>None</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00886EF0" w:rsidP="00A74B3D" w:rsidRDefault="00886EF0" w14:paraId="79E9B958" w14:textId="71F4CC43">
+    <w:p w14:paraId="79E9B958" w14:textId="71F4CC43" w:rsidR="00886EF0" w:rsidRPr="00722340" w:rsidRDefault="00886EF0" w:rsidP="00A74B3D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="6435"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="3600"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00722340">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Post base location:</w:t>
       </w:r>
-      <w:r w:rsidRPr="006D162A" w:rsidR="001B565F">
+      <w:r w:rsidR="001B565F" w:rsidRPr="006D162A">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006D162A" w:rsidR="00883B4C">
+      <w:r w:rsidR="00883B4C" w:rsidRPr="006D162A">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006D162A" w:rsidR="001B565F">
+      <w:r w:rsidR="001B565F" w:rsidRPr="006D162A">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:alias w:val="Location"/>
           <w:tag w:val="Location"/>
           <w:id w:val="-1586988586"/>
           <w:placeholder>
             <w:docPart w:val="A07BAD9ABCFB4270A3C63A2A37B8EE1F"/>
           </w:placeholder>
           <w15:color w:val="000000"/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Hybrid: Campus / Home" w:value="Hybrid: Campus / Home"/>
             <w:listItem w:displayText="Campus" w:value="Campus"/>
             <w:listItem w:displayText="Other" w:value="Other"/>
           </w:dropDownList>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00A60D4E">
             <w:rPr>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Hybrid: Campus / Home</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="006D162A" w:rsidR="00E87318">
+      <w:r w:rsidR="00E87318" w:rsidRPr="006D162A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006D162A" w:rsidR="004D46AB">
+      <w:r w:rsidR="004D46AB" w:rsidRPr="006D162A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="006D162A" w:rsidR="004D46AB">
+      <w:r w:rsidR="004D46AB" w:rsidRPr="006D162A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A60D4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Based at Highfield Campus with expectation of </w:t>
       </w:r>
       <w:r w:rsidR="00A74B3D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">minimum </w:t>
       </w:r>
       <w:r w:rsidR="00A60D4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidR="00A74B3D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">day </w:t>
       </w:r>
       <w:r w:rsidR="00A60D4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>a week on campus</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00886EF0" w:rsidP="002B5854" w:rsidRDefault="00174FD3" w14:paraId="4FB321EB" w14:textId="7D66A3ED">
+    <w:p w14:paraId="4FB321EB" w14:textId="7D66A3ED" w:rsidR="00886EF0" w:rsidRPr="00722340" w:rsidRDefault="00000000" w:rsidP="002B5854">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:pict w14:anchorId="22B7B9FB">
-          <v:rect id="_x0000_i1026" style="width:451.3pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" alt="" o:hr="t" o:hrstd="t" o:hralign="center" fillcolor="#a0a0a0" stroked="f"/>
+          <v:rect id="_x0000_i1026" alt="" style="width:451.3pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D56E08" w:rsidR="00D56E08" w:rsidP="00A74B3D" w:rsidRDefault="00A2516E" w14:paraId="7B3CEA09" w14:textId="103B253E">
+    <w:p w14:paraId="7B3CEA09" w14:textId="103B253E" w:rsidR="00D56E08" w:rsidRPr="00D56E08" w:rsidRDefault="00A2516E" w:rsidP="00A74B3D">
       <w:pPr>
         <w:ind w:left="1560" w:hanging="1560"/>
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="71534927">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Job purpose:</w:t>
       </w:r>
-      <w:r w:rsidRPr="71534927" w:rsidR="00DA0322">
+      <w:r w:rsidR="00DA0322" w:rsidRPr="71534927">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00A2516E" w:rsidP="71534927" w:rsidRDefault="79C24B2A" w14:paraId="086028BA" w14:textId="6BC6760D">
-[...14 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p w14:paraId="086028BA" w14:textId="6BC6760D" w:rsidR="00A2516E" w:rsidRPr="00F91CA0" w:rsidRDefault="79C24B2A" w:rsidP="00F91CA0">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F91CA0">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PPS’ mission is to ‘enhance the local, sub-national, national and international public policy impact of research conducted at the University of Southampton’. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00A2516E" w:rsidP="71534927" w:rsidRDefault="00A2516E" w14:paraId="7448D74A" w14:textId="3F438C7A">
-[...43 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p w14:paraId="0F6F10BA" w14:textId="44927324" w:rsidR="00A2516E" w:rsidRPr="00F91CA0" w:rsidRDefault="79C24B2A" w:rsidP="00F91CA0">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F91CA0">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This role will contribute to the successful delivery of this mission by delivering specialised policy engagement support to researchers within the world leading Faculty of Medicine at the University of Southampton. It will enable the </w:t>
+      </w:r>
+      <w:r w:rsidR="0022540E" w:rsidRPr="00F91CA0">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
-      <w:r w:rsidRPr="0B4C8FF2" w:rsidR="79C24B2A">
-[...53 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00F91CA0">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aculty to identify and engage with relevant policy makers in the UK and overseas to enhance the impact of its strategic research themes. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FABC55B" w14:textId="1BC8C065" w:rsidR="00A2516E" w:rsidRPr="00F91CA0" w:rsidRDefault="79C24B2A" w:rsidP="00F91CA0">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F91CA0">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This role will: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00A2516E" w:rsidP="71534927" w:rsidRDefault="00A2516E" w14:paraId="014B10CD" w14:textId="12F15E90">
-[...10 lines deleted...]
-    <w:p w:rsidRPr="0022540E" w:rsidR="00A2516E" w:rsidP="0B4C8FF2" w:rsidRDefault="79C24B2A" w14:paraId="3C1EFBC2" w14:textId="58A8B38D">
+    <w:p w14:paraId="3C1EFBC2" w14:textId="58A8B38D" w:rsidR="00A2516E" w:rsidRDefault="79C24B2A" w:rsidP="00F91CA0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="19"/>
         </w:numPr>
-        <w:spacing w:before="60" w:after="60"/>
-[...15 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F91CA0">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>act as a broker connecting policy audiences with relevant researchers (primarily relating to REF I</w:t>
       </w:r>
-      <w:r w:rsidRPr="0B4C8FF2" w:rsidR="0022540E">
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="0022540E" w:rsidRPr="00F91CA0">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">mpact </w:t>
       </w:r>
-      <w:r w:rsidRPr="0B4C8FF2" w:rsidR="79C24B2A">
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00F91CA0">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidRPr="0B4C8FF2" w:rsidR="0022540E">
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="0022540E" w:rsidRPr="00F91CA0">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ase </w:t>
       </w:r>
-      <w:r w:rsidRPr="0B4C8FF2" w:rsidR="79C24B2A">
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00F91CA0">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="0B4C8FF2" w:rsidR="0022540E">
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="0022540E" w:rsidRPr="00F91CA0">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>tudy</w:t>
       </w:r>
-      <w:r w:rsidRPr="0B4C8FF2" w:rsidR="79C24B2A">
-[...40 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00F91CA0">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> l</w:t>
+      </w:r>
+      <w:r w:rsidR="75E769E9" w:rsidRPr="00F91CA0">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ong list researchers) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F91CA0">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">from the </w:t>
       </w:r>
-      <w:r w:rsidRPr="0B4C8FF2" w:rsidR="0022540E">
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="0022540E" w:rsidRPr="00F91CA0">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
-      <w:r w:rsidRPr="0B4C8FF2" w:rsidR="79C24B2A">
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00F91CA0">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>aculty</w:t>
       </w:r>
-      <w:r w:rsidRPr="0B4C8FF2" w:rsidR="0022540E">
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="0022540E" w:rsidRPr="00F91CA0">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00A2516E" w:rsidP="71534927" w:rsidRDefault="00A2516E" w14:paraId="102F7EF4" w14:textId="7462DED6">
-[...10 lines deleted...]
-    <w:p w:rsidRPr="0022540E" w:rsidR="00A2516E" w:rsidP="0B4C8FF2" w:rsidRDefault="79C24B2A" w14:paraId="409B404D" w14:textId="65991BCA">
+    <w:p w14:paraId="3E91A045" w14:textId="77777777" w:rsidR="00F91CA0" w:rsidRPr="00F91CA0" w:rsidRDefault="00F91CA0" w:rsidP="00F91CA0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="409B404D" w14:textId="65991BCA" w:rsidR="00A2516E" w:rsidRDefault="79C24B2A" w:rsidP="00F91CA0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="19"/>
         </w:numPr>
-        <w:spacing w:before="60" w:after="60"/>
-[...15 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F91CA0">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">be initially responsible to scoping existing connections with policy audiences held within the </w:t>
       </w:r>
-      <w:r w:rsidRPr="0B4C8FF2" w:rsidR="0022540E">
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="0022540E" w:rsidRPr="00F91CA0">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
-      <w:r w:rsidRPr="0B4C8FF2" w:rsidR="79C24B2A">
-[...38 lines deleted...]
-    <w:p w:rsidRPr="0022540E" w:rsidR="00A2516E" w:rsidP="0B4C8FF2" w:rsidRDefault="79C24B2A" w14:paraId="2DDC13B0" w14:textId="5C8118BC" w14:noSpellErr="1">
+      <w:r w:rsidRPr="00F91CA0">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aculty and determining key partnerships to build or strengthen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="353E4C0C" w14:textId="77777777" w:rsidR="00F91CA0" w:rsidRPr="00F91CA0" w:rsidRDefault="00F91CA0" w:rsidP="00F91CA0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DDC13B0" w14:textId="5C8118BC" w:rsidR="00A2516E" w:rsidRDefault="79C24B2A" w:rsidP="00F91CA0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="19"/>
         </w:numPr>
-        <w:spacing w:before="60" w:after="60"/>
-[...33 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F91CA0">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>provide expert guidance on how to plan for policy impact in external applications for research funding and oversee deliver</w:t>
+      </w:r>
+      <w:r w:rsidR="0022540E" w:rsidRPr="00F91CA0">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
-      <w:r w:rsidRPr="0B4C8FF2" w:rsidR="79C24B2A">
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00F91CA0">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> of policy engagement strategies for multiple funded research projects</w:t>
       </w:r>
-      <w:r w:rsidRPr="0B4C8FF2" w:rsidR="0022540E">
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="0022540E" w:rsidRPr="00F91CA0">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00A2516E" w:rsidP="71534927" w:rsidRDefault="00A2516E" w14:paraId="11B742C3" w14:textId="0E0346DE">
-[...10 lines deleted...]
-    <w:p w:rsidRPr="0022540E" w:rsidR="00A2516E" w:rsidP="0B4C8FF2" w:rsidRDefault="79C24B2A" w14:paraId="2D158878" w14:textId="2A982727" w14:noSpellErr="1">
+    <w:p w14:paraId="1D1EF9AC" w14:textId="77777777" w:rsidR="00F91CA0" w:rsidRPr="00F91CA0" w:rsidRDefault="00F91CA0" w:rsidP="00F91CA0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D158878" w14:textId="2A982727" w:rsidR="00A2516E" w:rsidRDefault="79C24B2A" w:rsidP="00F91CA0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="19"/>
         </w:numPr>
-        <w:spacing w:before="60" w:after="60"/>
-[...40 lines deleted...]
-    <w:p w:rsidRPr="0022540E" w:rsidR="00A2516E" w:rsidP="0B4C8FF2" w:rsidRDefault="79C24B2A" w14:paraId="3F40147E" w14:textId="2CEDA575" w14:noSpellErr="1">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F91CA0">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">seek to create opportunities for PhD placements and researcher secondments to relevant policy making bodies. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CF6C7D8" w14:textId="77777777" w:rsidR="00F91CA0" w:rsidRPr="00F91CA0" w:rsidRDefault="00F91CA0" w:rsidP="00F91CA0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F40147E" w14:textId="2CEDA575" w:rsidR="00A2516E" w:rsidRPr="00F91CA0" w:rsidRDefault="79C24B2A" w:rsidP="00F91CA0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="19"/>
         </w:numPr>
-        <w:spacing w:before="60" w:after="60"/>
-[...15 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F91CA0">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>scope demand for specialised policy engagement capacity raising</w:t>
       </w:r>
-      <w:r w:rsidRPr="0B4C8FF2" w:rsidR="0022540E">
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="0022540E" w:rsidRPr="00F91CA0">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="0B4C8FF2" w:rsidR="79C24B2A">
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00F91CA0">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> which may be provided internally or externally.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00A2516E" w:rsidP="71534927" w:rsidRDefault="00174FD3" w14:paraId="3642C055" w14:textId="604C9D11">
+    <w:p w14:paraId="3642C055" w14:textId="604C9D11" w:rsidR="00A2516E" w:rsidRPr="00722340" w:rsidRDefault="00000000" w:rsidP="71534927">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:pict w14:anchorId="5DF021C6">
-          <v:rect id="_x0000_i1027" style="width:451.3pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" alt="" o:hr="t" o:hrstd="t" fillcolor="#a0a0a0" stroked="f"/>
+          <v:rect id="_x0000_i1027" alt="" style="width:451.3pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00A2516E" w:rsidP="00D56E08" w:rsidRDefault="00A2516E" w14:paraId="39D94ABB" w14:textId="212F31AC">
+    <w:p w14:paraId="39D94ABB" w14:textId="212F31AC" w:rsidR="00A2516E" w:rsidRPr="00722340" w:rsidRDefault="00A2516E" w:rsidP="00D56E08">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00722340">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Key accountabilities and </w:t>
       </w:r>
-      <w:r w:rsidRPr="00722340" w:rsidR="00E87318">
+      <w:r w:rsidR="00E87318" w:rsidRPr="00722340">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">indicative </w:t>
       </w:r>
       <w:r w:rsidRPr="00722340">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>time allocation</w:t>
       </w:r>
       <w:r w:rsidR="008A448A">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00886EF0" w:rsidP="00D56E08" w:rsidRDefault="007B4205" w14:paraId="22655E3B" w14:textId="3AE707A8">
+    <w:p w14:paraId="2A09BA2F" w14:textId="7E45E9EE" w:rsidR="00886EF0" w:rsidRPr="00F91CA0" w:rsidRDefault="007B4205" w:rsidP="007B4205">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C5D2DA" w:themeFill="background2" w:themeFillShade="E6"/>
         <w:ind w:left="9639" w:hanging="9639"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>85</w:t>
       </w:r>
-      <w:r w:rsidRPr="00722340" w:rsidR="00886EF0">
+      <w:r w:rsidR="00886EF0" w:rsidRPr="00722340">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007B4205" w:rsidR="00886EF0" w:rsidP="007B4205" w:rsidRDefault="00886EF0" w14:paraId="2A09BA2F" w14:textId="6801AD7F">
-[...10 lines deleted...]
-    <w:p w:rsidR="00D56E08" w:rsidP="00CB1D5C" w:rsidRDefault="00D56E08" w14:paraId="702D9480" w14:textId="4D75C671">
+    <w:p w14:paraId="702D9480" w14:textId="4D75C671" w:rsidR="00D56E08" w:rsidRDefault="00D56E08" w:rsidP="00CB1D5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="567" w:right="340"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D56E08">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Knowledge Exchange and Enterprise Contribution</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CB1D5C" w:rsidP="0B4C8FF2" w:rsidRDefault="00CB1D5C" w14:paraId="7AAB3592" w14:textId="44523DA1">
+    <w:p w14:paraId="7AAB3592" w14:textId="44523DA1" w:rsidR="00CB1D5C" w:rsidRDefault="00CB1D5C" w:rsidP="0B4C8FF2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="340"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
-[...6 lines deleted...]
-          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0B4C8FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Apply a well-developed understanding of </w:t>
       </w:r>
-      <w:r w:rsidRPr="0B4C8FF2" w:rsidR="7C3B0C27">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="7C3B0C27" w:rsidRPr="0B4C8FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">public policy knowledge exchange </w:t>
       </w:r>
-      <w:r w:rsidRPr="0B4C8FF2" w:rsidR="32F9FAC0">
-[...19 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="32F9FAC0" w:rsidRPr="0B4C8FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>environment ideally with experience based within Medicine</w:t>
+      </w:r>
+      <w:r w:rsidR="625634E5" w:rsidRPr="0B4C8FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to support potential REF Impact Case Studies</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CB1D5C" w:rsidP="3E7DA2CE" w:rsidRDefault="002338E9" w14:paraId="1DE31B21" w14:textId="0FE615BB">
+    <w:p w14:paraId="1DE31B21" w14:textId="0FE615BB" w:rsidR="00CB1D5C" w:rsidRDefault="002338E9" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="851" w:right="340"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Possess the</w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00CB1D5C">
+      <w:r w:rsidR="00CB1D5C" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> know-how to contribute to the design, development and delivery of knowledge exchange individually or as part of a wider project, team or unit.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CB1D5C" w:rsidR="00CB1D5C" w:rsidP="00CB1D5C" w:rsidRDefault="00CB1D5C" w14:paraId="460920C8" w14:textId="30B4A9CE">
+    <w:p w14:paraId="460920C8" w14:textId="30B4A9CE" w:rsidR="00CB1D5C" w:rsidRPr="00CB1D5C" w:rsidRDefault="00CB1D5C" w:rsidP="00CB1D5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="851" w:right="340"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="71534927">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Work effectively with internal and external stakeholders to establish and evaluate requirements, provide insight and propose products or solutions to meet identified needs.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CB1D5C" w:rsidR="00CB1D5C" w:rsidP="00CB1D5C" w:rsidRDefault="00CB1D5C" w14:paraId="5541BBC7" w14:textId="77777777">
+    <w:p w14:paraId="5541BBC7" w14:textId="77777777" w:rsidR="00CB1D5C" w:rsidRPr="00CB1D5C" w:rsidRDefault="00CB1D5C" w:rsidP="00CB1D5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="851" w:right="340"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB1D5C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Develop consultancy skills and build strong client relationships, identifying opportunities to help embed best practice and innovation.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CB1D5C" w:rsidR="00CB1D5C" w:rsidP="0B4C8FF2" w:rsidRDefault="00CB1D5C" w14:paraId="328BE512" w14:textId="32008B36" w14:noSpellErr="1">
+    <w:p w14:paraId="328BE512" w14:textId="32008B36" w:rsidR="00CB1D5C" w:rsidRPr="00CB1D5C" w:rsidRDefault="00CB1D5C" w:rsidP="0B4C8FF2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="851" w:right="340"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0B4C8FF2" w:rsidR="00CB1D5C">
-[...24 lines deleted...]
-    <w:p w:rsidRPr="00CB1D5C" w:rsidR="00CB1D5C" w:rsidP="0B4C8FF2" w:rsidRDefault="00CB1D5C" w14:paraId="53641C94" w14:textId="4ADB785C" w14:noSpellErr="1">
+      <w:r w:rsidRPr="0B4C8FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Collaborate and network productively with colleagues and relevant stakeholders in own and other departments, specialisms and/or organisations, within and beyond academia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53641C94" w14:textId="4ADB785C" w:rsidR="00CB1D5C" w:rsidRPr="00CB1D5C" w:rsidRDefault="00CB1D5C" w:rsidP="0B4C8FF2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="851" w:right="340"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0B4C8FF2" w:rsidR="00CB1D5C">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="0B4C8FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Continually update specialist knowledge to ensure knowledge exchange activities and outputs are informed by advances in knowledge, insight and understanding deriving from research, industrial and professional practice.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00886EF0" w:rsidP="3E7DA2CE" w:rsidRDefault="00CB1D5C" w14:paraId="28D381B5" w14:textId="63AEA93C">
+    <w:p w14:paraId="28D381B5" w14:textId="63AEA93C" w:rsidR="00886EF0" w:rsidRDefault="00CB1D5C" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="851" w:right="340"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Regularly produce and/or contribute to high-quality knowledge exchange, establishing visibility and credibility among relevant communities, within and beyond the University</w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00DA0322">
+      <w:r w:rsidR="00DA0322" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="006D162A" w:rsidR="007B4205" w:rsidP="3E7DA2CE" w:rsidRDefault="007B4205" w14:paraId="65A0E477" w14:textId="77777777">
+    <w:p w14:paraId="65A0E477" w14:textId="77777777" w:rsidR="007B4205" w:rsidRPr="006D162A" w:rsidRDefault="007B4205" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="851" w:right="340"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00886EF0" w:rsidP="3E7DA2CE" w:rsidRDefault="007B4205" w14:paraId="72ECD5FC" w14:textId="7EADD7D0">
-      <w:pPr>
+    <w:p w14:paraId="72ECD5FC" w14:textId="7EADD7D0" w:rsidR="00886EF0" w:rsidRPr="00F91CA0" w:rsidRDefault="007B4205" w:rsidP="00F91CA0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:right="907"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="C5D2DA" w:themeFill="background2" w:themeFillShade="E6"/>
+        <w:ind w:left="9639" w:hanging="9639"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
+          <w:color w:val="002E3B" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00886EF0">
+      <w:r w:rsidR="00886EF0" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CB1D5C" w:rsidP="00CB1D5C" w:rsidRDefault="00CB1D5C" w14:paraId="1F15B4D3" w14:textId="2AD721D1">
+    <w:p w14:paraId="1F15B4D3" w14:textId="2AD721D1" w:rsidR="00CB1D5C" w:rsidRDefault="00CB1D5C" w:rsidP="00CB1D5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="567" w:right="340"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB1D5C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Leadership, Management and Engagement Contribution</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CB1D5C" w:rsidR="00CB1D5C" w:rsidP="00CB1D5C" w:rsidRDefault="00CB1D5C" w14:paraId="2DD3DDE7" w14:textId="77777777">
+    <w:p w14:paraId="2DD3DDE7" w14:textId="77777777" w:rsidR="00CB1D5C" w:rsidRPr="00CB1D5C" w:rsidRDefault="00CB1D5C" w:rsidP="00CB1D5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="567" w:right="340"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB1D5C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Building on the Leadership, Management and Engagement contributions inherent in other Level 4 activities:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CB1D5C" w:rsidR="00CB1D5C" w:rsidP="00CB1D5C" w:rsidRDefault="00CB1D5C" w14:paraId="4B15D7E1" w14:textId="77777777">
+    <w:p w14:paraId="4B15D7E1" w14:textId="77777777" w:rsidR="00CB1D5C" w:rsidRPr="00CB1D5C" w:rsidRDefault="00CB1D5C" w:rsidP="00CB1D5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="851" w:right="340"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB1D5C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Plan and prioritise own work effectively.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CB1D5C" w:rsidP="3E7DA2CE" w:rsidRDefault="00CB1D5C" w14:paraId="2007AAEE" w14:textId="77777777">
+    <w:p w14:paraId="2007AAEE" w14:textId="77777777" w:rsidR="00CB1D5C" w:rsidRDefault="00CB1D5C" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="851" w:right="340"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="71534927">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Undertake defined tasks and contribute effectively to team, department or School-level management, engagement, administration or project work.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CB1D5C" w:rsidR="00CB1D5C" w:rsidP="00CB1D5C" w:rsidRDefault="00CB1D5C" w14:paraId="52A3377B" w14:textId="77777777">
+    <w:p w14:paraId="52A3377B" w14:textId="77777777" w:rsidR="00CB1D5C" w:rsidRPr="00CB1D5C" w:rsidRDefault="00CB1D5C" w:rsidP="00CB1D5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="851" w:right="340"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB1D5C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Contribute to short-term and medium-term planning.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CB1D5C" w:rsidR="00CB1D5C" w:rsidP="00CB1D5C" w:rsidRDefault="00CB1D5C" w14:paraId="07B53D69" w14:textId="77777777">
+    <w:p w14:paraId="07B53D69" w14:textId="77777777" w:rsidR="00CB1D5C" w:rsidRPr="00CB1D5C" w:rsidRDefault="00CB1D5C" w:rsidP="00CB1D5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="851" w:right="340"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB1D5C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Develop an understanding of School, Faculty and University strategies and objectives.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CB1D5C" w:rsidR="00CB1D5C" w:rsidP="00CB1D5C" w:rsidRDefault="00CB1D5C" w14:paraId="0DE69F4E" w14:textId="1EDDAC6C">
+    <w:p w14:paraId="0DE69F4E" w14:textId="1EDDAC6C" w:rsidR="00CB1D5C" w:rsidRPr="00CB1D5C" w:rsidRDefault="00CB1D5C" w:rsidP="00CB1D5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="851" w:right="340"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB1D5C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Contribute to the wider work of the </w:t>
       </w:r>
       <w:r w:rsidR="007B4205">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Department</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB1D5C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and University through effective participation in working groups and committees (e.g., Equality, Diversity and Inclusion committees and self-assessment teams, Health and Safety committees, Research Ethics committees etc.).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CB1D5C" w:rsidR="00CB1D5C" w:rsidP="00CB1D5C" w:rsidRDefault="00CB1D5C" w14:paraId="5FF36DF3" w14:textId="77777777">
+    <w:p w14:paraId="5FF36DF3" w14:textId="77777777" w:rsidR="00CB1D5C" w:rsidRPr="00CB1D5C" w:rsidRDefault="00CB1D5C" w:rsidP="00CB1D5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="851" w:right="340"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB1D5C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Advise and assist colleagues and students.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CB1D5C" w:rsidR="00CB1D5C" w:rsidP="00CB1D5C" w:rsidRDefault="00CB1D5C" w14:paraId="2E0FE968" w14:textId="77777777">
+    <w:p w14:paraId="2E0FE968" w14:textId="77777777" w:rsidR="00CB1D5C" w:rsidRPr="00CB1D5C" w:rsidRDefault="00CB1D5C" w:rsidP="00CB1D5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="851" w:right="340"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB1D5C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Support and help ensure the health and wellbeing of colleagues.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CB1D5C" w:rsidR="00CB1D5C" w:rsidP="00CB1D5C" w:rsidRDefault="00CB1D5C" w14:paraId="6AEF2688" w14:textId="77777777">
+    <w:p w14:paraId="6AEF2688" w14:textId="77777777" w:rsidR="00CB1D5C" w:rsidRPr="00CB1D5C" w:rsidRDefault="00CB1D5C" w:rsidP="00CB1D5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="851" w:right="340"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB1D5C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Mentor colleagues and support their development.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CB1D5C" w:rsidR="00CB1D5C" w:rsidP="00CB1D5C" w:rsidRDefault="00CB1D5C" w14:paraId="6DB9E21F" w14:textId="77777777">
+    <w:p w14:paraId="6DB9E21F" w14:textId="77777777" w:rsidR="00CB1D5C" w:rsidRPr="00CB1D5C" w:rsidRDefault="00CB1D5C" w:rsidP="00CB1D5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="851" w:right="340"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB1D5C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Effectively engage in probation, appraisal, career development and continuing professional development activities.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00886EF0" w:rsidP="00CB1D5C" w:rsidRDefault="00A574E8" w14:paraId="58F26DA7" w14:textId="40709E18">
+    <w:p w14:paraId="58F26DA7" w14:textId="40709E18" w:rsidR="00886EF0" w:rsidRDefault="00A574E8" w:rsidP="00CB1D5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="851" w:right="340"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A574E8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Use discretion and judgement to select from or adapt existing processes and procedures to achieve outcomes</w:t>
       </w:r>
       <w:r w:rsidR="00AF007B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00AF007B" w:rsidR="00AF007B" w:rsidP="00AF007B" w:rsidRDefault="00AF007B" w14:paraId="17D6E2FA" w14:textId="53EE38F4">
+    <w:p w14:paraId="17D6E2FA" w14:textId="53EE38F4" w:rsidR="00AF007B" w:rsidRPr="00AF007B" w:rsidRDefault="00AF007B" w:rsidP="00AF007B">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="002B5854" w:rsidP="3E7DA2CE" w:rsidRDefault="002B5854" w14:paraId="2801B6CE" w14:textId="41924645">
-      <w:pPr>
+    <w:p w14:paraId="2801B6CE" w14:textId="41924645" w:rsidR="002B5854" w:rsidRPr="00F91CA0" w:rsidRDefault="002B5854" w:rsidP="00F91CA0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:right="907"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="C5D2DA" w:themeFill="background2" w:themeFillShade="E6"/>
+        <w:ind w:left="9639" w:hanging="9639"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
+          <w:color w:val="002E3B" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>5%</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="002B5854" w:rsidR="002B5854" w:rsidP="002B5854" w:rsidRDefault="002B5854" w14:paraId="1757BCDD" w14:textId="4341D7DC">
+    <w:p w14:paraId="1757BCDD" w14:textId="4341D7DC" w:rsidR="002B5854" w:rsidRPr="002B5854" w:rsidRDefault="002B5854" w:rsidP="002B5854">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="567" w:right="340"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D162A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Any other duties as allocated by the line manager following consultation with the post holder.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00886EF0" w:rsidP="002B5854" w:rsidRDefault="00174FD3" w14:paraId="4365D791" w14:textId="03311F0A">
+    <w:p w14:paraId="4365D791" w14:textId="03311F0A" w:rsidR="00886EF0" w:rsidRPr="00722340" w:rsidRDefault="00000000" w:rsidP="002B5854">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:pict w14:anchorId="67CECA3B">
-          <v:rect id="_x0000_i1028" style="width:451.3pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" alt="" o:hr="t" o:hrstd="t" o:hralign="center" fillcolor="#a0a0a0" stroked="f"/>
+          <v:rect id="_x0000_i1028" alt="" style="width:451.3pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF007B" w:rsidRDefault="00AF007B" w14:paraId="7503F94B" w14:textId="77777777">
+    <w:p w14:paraId="7503F94B" w14:textId="77777777" w:rsidR="00AF007B" w:rsidRDefault="00AF007B">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00AF007B" w:rsidR="00A2516E" w:rsidP="002B5854" w:rsidRDefault="00A2516E" w14:paraId="2DED0D66" w14:textId="27A80CE8">
+    <w:p w14:paraId="2DED0D66" w14:textId="27A80CE8" w:rsidR="00A2516E" w:rsidRPr="00AF007B" w:rsidRDefault="00A2516E" w:rsidP="002B5854">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF007B">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Internal and external relationships:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00AF007B" w:rsidR="007B4205" w:rsidP="3E7DA2CE" w:rsidRDefault="00D165EA" w14:paraId="417FF626" w14:textId="453FB951">
+    <w:p w14:paraId="417FF626" w14:textId="453FB951" w:rsidR="007B4205" w:rsidRPr="00AF007B" w:rsidRDefault="00D165EA" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Internal partners</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00AF007B" w:rsidR="00886EF0" w:rsidP="3E7DA2CE" w:rsidRDefault="00D03506" w14:paraId="3715E746" w14:textId="1213E51D">
+    <w:p w14:paraId="3715E746" w14:textId="1213E51D" w:rsidR="00886EF0" w:rsidRPr="00AF007B" w:rsidRDefault="00D03506" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Departmental management</w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00244212">
+      <w:r w:rsidR="00244212" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and University senior management</w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00D165EA">
+      <w:r w:rsidR="00D165EA" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (especially Director of Knowledge Exchange and Enterprise and Director of Civic University)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007B4205" w:rsidP="3E7DA2CE" w:rsidRDefault="00D165EA" w14:paraId="54FDC734" w14:textId="614CAF96">
+    <w:p w14:paraId="54FDC734" w14:textId="614CAF96" w:rsidR="007B4205" w:rsidRDefault="00D165EA" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="71534927">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wider </w:t>
       </w:r>
-      <w:r w:rsidRPr="71534927" w:rsidR="007B4205">
+      <w:r w:rsidR="007B4205" w:rsidRPr="71534927">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Public Policy Southampton </w:t>
       </w:r>
       <w:r w:rsidRPr="71534927">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>team</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="26AFB36B" w:rsidP="71534927" w:rsidRDefault="26AFB36B" w14:paraId="613E3992" w14:textId="6074BCB3" w14:noSpellErr="1">
+    <w:p w14:paraId="613E3992" w14:textId="6074BCB3" w:rsidR="26AFB36B" w:rsidRDefault="26AFB36B" w:rsidP="71534927">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="567"/>
       </w:pPr>
-      <w:r w:rsidRPr="0B4C8FF2" w:rsidR="26AFB36B">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="0B4C8FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Faculty of Medicine – especially AD KEE</w:t>
       </w:r>
-      <w:r w:rsidRPr="0B4C8FF2" w:rsidR="00AF007B">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00AF007B" w:rsidRPr="0B4C8FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, AD Research and REF Champions </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B9140F" w:rsidP="3E7DA2CE" w:rsidRDefault="00B9140F" w14:paraId="398A5633" w14:textId="6A358B05">
+    <w:p w14:paraId="398A5633" w14:textId="6A358B05" w:rsidR="00B9140F" w:rsidRDefault="00B9140F" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Other members of the department</w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00D03506">
+      <w:r w:rsidR="00D03506" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>/University staff</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D165EA" w:rsidR="00D165EA" w:rsidP="002B5854" w:rsidRDefault="00D165EA" w14:paraId="7EC67E7A" w14:textId="77777777">
+    <w:p w14:paraId="7EC67E7A" w14:textId="77777777" w:rsidR="00D165EA" w:rsidRPr="00D165EA" w:rsidRDefault="00D165EA" w:rsidP="002B5854">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00D165EA" w:rsidR="00D03506" w:rsidP="3E7DA2CE" w:rsidRDefault="00D03506" w14:paraId="1B00A6B1" w14:textId="49B35969">
+    <w:p w14:paraId="1B00A6B1" w14:textId="49B35969" w:rsidR="00D03506" w:rsidRPr="00F91CA0" w:rsidRDefault="00D03506" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
-          <w:rPrChange w:author="" w16du:dateUtc="2025-04-07T13:17:00Z" w:id="45">
-[...4 lines deleted...]
-          </w:rPrChange>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="71534927">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">External </w:t>
       </w:r>
-      <w:r w:rsidRPr="71534927" w:rsidR="007B4205">
+      <w:r w:rsidR="007B4205" w:rsidRPr="71534927">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>partners</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00A2516E" w:rsidP="3E7DA2CE" w:rsidRDefault="6D20A90A" w14:paraId="7A27DFDD" w14:textId="2E6CD3A1">
+    <w:p w14:paraId="7A27DFDD" w14:textId="2E6CD3A1" w:rsidR="00A2516E" w:rsidRPr="00722340" w:rsidRDefault="6D20A90A" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>DHSC, ICS, UKHSA, OHID</w:t>
       </w:r>
-      <w:r w:rsidR="00174FD3">
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:pict w14:anchorId="20763650">
-          <v:rect id="_x0000_i1029" style="width:451.3pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" alt="" o:hr="t" o:hrstd="t" o:hralign="center" fillcolor="#a0a0a0" stroked="f"/>
+          <v:rect id="_x0000_i1029" alt="" style="width:451.3pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="008A448A" w:rsidR="00A2516E" w:rsidP="002B5854" w:rsidRDefault="00A2516E" w14:paraId="66C40B02" w14:textId="77777777">
+    <w:p w14:paraId="002C772A" w14:textId="7CE482E1" w:rsidR="00232309" w:rsidRPr="00F91CA0" w:rsidRDefault="00A2516E" w:rsidP="00F91CA0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A448A">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Special requirements:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="006D162A" w:rsidR="00232309" w:rsidP="002B5854" w:rsidRDefault="00232309" w14:paraId="002C772A" w14:textId="676362F5">
+    <w:p w14:paraId="23BCB6DF" w14:textId="3A648A7B" w:rsidR="00232309" w:rsidRPr="00F91CA0" w:rsidRDefault="00B709A3" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...16 lines deleted...]
-          </w:rPrChange>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This role may include some evening events and/or travel to conduct interviews (UK only) requiring an overnight stay. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00A2516E" w:rsidP="002B5854" w:rsidRDefault="00174FD3" w14:paraId="09E730F5" w14:textId="0846EB47">
+    <w:p w14:paraId="09E730F5" w14:textId="0846EB47" w:rsidR="00A2516E" w:rsidRPr="00722340" w:rsidRDefault="00000000" w:rsidP="002B5854">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:pict w14:anchorId="721D6246">
-          <v:rect id="_x0000_i1030" style="width:451.3pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" alt="" o:hr="t" o:hrstd="t" o:hralign="center" fillcolor="#a0a0a0" stroked="f"/>
+          <v:rect id="_x0000_i1030" alt="" style="width:451.3pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00850136" w:rsidP="002B5854" w:rsidRDefault="00850136" w14:paraId="054DE9B2" w14:textId="77777777">
+    <w:p w14:paraId="054DE9B2" w14:textId="77777777" w:rsidR="00850136" w:rsidRPr="00722340" w:rsidRDefault="00850136" w:rsidP="002B5854">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00722340">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C9549D" w:rsidR="00A2516E" w:rsidP="002B5854" w:rsidRDefault="004D46AB" w14:paraId="190AF81B" w14:textId="42633DCD">
+    <w:p w14:paraId="190AF81B" w14:textId="42633DCD" w:rsidR="00A2516E" w:rsidRPr="00C9549D" w:rsidRDefault="004D46AB" w:rsidP="002B5854">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="002E3B" w:themeFill="accent1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9549D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Person Specification</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C9549D" w:rsidR="00C9549D">
+      <w:r w:rsidR="00C9549D" w:rsidRPr="00C9549D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Skills</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C9549D" w:rsidR="00C9549D">
+      <w:r w:rsidR="00C9549D" w:rsidRPr="00C9549D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and Competencies</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC191A" w:rsidP="002B5854" w:rsidRDefault="00FC191A" w14:paraId="32DE3D98" w14:textId="1E38BA37">
+    <w:p w14:paraId="32DE3D98" w14:textId="1E38BA37" w:rsidR="00FC191A" w:rsidRDefault="00FC191A" w:rsidP="002B5854">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9549D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">All essential and desirable criteria outlined in this Person Specification will be assessed through a combination of recruitment application and CV, </w:t>
       </w:r>
-      <w:bookmarkStart w:name="_Hlk187230474" w:id="47"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk187230474"/>
       <w:r w:rsidRPr="00C9549D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C9549D" w:rsidR="00FE3660">
+      <w:r w:rsidR="00FE3660" w:rsidRPr="00C9549D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>where applicable</w:t>
       </w:r>
       <w:r w:rsidR="004D46AB">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> numerical or written assessment</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="47"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="00C836E2">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C9549D" w:rsidR="0004217C" w:rsidP="002B5854" w:rsidRDefault="0004217C" w14:paraId="4EE400D8" w14:textId="17AD2475">
+    <w:p w14:paraId="4EE400D8" w14:textId="17AD2475" w:rsidR="0004217C" w:rsidRPr="00C9549D" w:rsidRDefault="0004217C" w:rsidP="002B5854">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9549D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Knowledge, Experience and Qualifications</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C9549D" w:rsidR="0004217C" w:rsidP="002B5854" w:rsidRDefault="0004217C" w14:paraId="3C439604" w14:textId="6F355D0C">
+    <w:p w14:paraId="3C439604" w14:textId="6F355D0C" w:rsidR="0004217C" w:rsidRPr="00C9549D" w:rsidRDefault="0004217C" w:rsidP="002B5854">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9549D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Essential</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA0543" w:rsidP="3E7DA2CE" w:rsidRDefault="00BA0543" w14:paraId="1F3A49EE" w14:textId="1BFC16DE">
+    <w:p w14:paraId="1F3A49EE" w14:textId="1BFC16DE" w:rsidR="00BA0543" w:rsidRDefault="00BA0543" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="425"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="52E08A28">
+      <w:r w:rsidR="52E08A28" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>ignificant</w:t>
       </w:r>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> practical knowledge and</w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="48DFD148">
+      <w:r w:rsidR="48DFD148" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>/or</w:t>
       </w:r>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> experience in </w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00B709A3">
+      <w:r w:rsidR="00B709A3" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">HEI Public Policy engagement </w:t>
       </w:r>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">supported by </w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="34A68060">
+      <w:r w:rsidR="34A68060" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>a goo</w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00CB1D5C">
+      <w:r w:rsidR="00CB1D5C" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> understanding</w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00B709A3">
+      <w:r w:rsidR="00B709A3" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the ‘Impact Agenda’</w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="37212AB5">
+      <w:r w:rsidR="37212AB5" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005B29A7" w:rsidR="005B29A7" w:rsidP="002B5854" w:rsidRDefault="00BA0543" w14:paraId="0671B9F3" w14:textId="38632819">
+    <w:p w14:paraId="0671B9F3" w14:textId="38632819" w:rsidR="005B29A7" w:rsidRPr="005B29A7" w:rsidRDefault="00BA0543" w:rsidP="002B5854">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA0543">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">The required level of knowledge and understanding will normally have been gained through some or </w:t>
-[...17 lines deleted...]
-      <w:r w:rsidRPr="005B29A7" w:rsidR="005B29A7">
+        <w:t>The required level of knowledge and understanding will normally have been gained through some or all of the following</w:t>
+      </w:r>
+      <w:r w:rsidR="005B29A7" w:rsidRPr="005B29A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005B29A7" w:rsidR="005B29A7" w:rsidP="3E7DA2CE" w:rsidRDefault="00BA0543" w14:paraId="53F76137" w14:textId="11DE8EF4">
+    <w:p w14:paraId="53F76137" w14:textId="11DE8EF4" w:rsidR="005B29A7" w:rsidRPr="005B29A7" w:rsidRDefault="00BA0543" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="425"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Considerable</w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="005B29A7">
+      <w:r w:rsidR="005B29A7" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> work experience</w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="3AAE2628">
+      <w:r w:rsidR="3AAE2628" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in a policy making, think tank, HEI</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005B29A7" w:rsidR="005B29A7" w:rsidP="002B5854" w:rsidRDefault="005B29A7" w14:paraId="54594ED3" w14:textId="77777777">
+    <w:p w14:paraId="54594ED3" w14:textId="77777777" w:rsidR="005B29A7" w:rsidRPr="005B29A7" w:rsidRDefault="005B29A7" w:rsidP="002B5854">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B29A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Vocational training</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B0F71" w:rsidP="3E7DA2CE" w:rsidRDefault="005B29A7" w14:paraId="33999D9D" w14:textId="2F2EDF08">
+    <w:p w14:paraId="33999D9D" w14:textId="2F2EDF08" w:rsidR="008B0F71" w:rsidRDefault="005B29A7" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="425"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="E73238" w:themeColor="accent2"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Formal qualification(s) equivalent to Level </w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00BA0543">
+      <w:r w:rsidR="00BA0543" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>5 or 6</w:t>
       </w:r>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the</w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00883B4C">
+      <w:r w:rsidR="00883B4C" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId12">
-        <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00883B4C">
+        <w:r w:rsidR="00883B4C" w:rsidRPr="3E7DA2CE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:t>Regulated Qualifications Framework</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00C836E2">
+      <w:r w:rsidR="00C836E2" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00812F3B">
+      <w:r w:rsidR="00812F3B" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">e.g. </w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00BA0543">
+      <w:r w:rsidR="00BA0543" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>foundation degree or degree with honours</w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00812F3B">
+      <w:r w:rsidR="00812F3B" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, or Level </w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00BA0543">
+      <w:r w:rsidR="00BA0543" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>5 or 6</w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00812F3B">
+      <w:r w:rsidR="00812F3B" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> award, certificate, diploma, NVQ</w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="006D162A">
+      <w:r w:rsidR="006D162A" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00B709A3">
+      <w:r w:rsidR="00B709A3" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B709A3" w:rsidP="3E7DA2CE" w:rsidRDefault="002338E9" w14:paraId="442A57E5" w14:textId="5F063DAD">
+    <w:p w14:paraId="442A57E5" w14:textId="5F063DAD" w:rsidR="00B709A3" w:rsidRDefault="002338E9" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Ability to synthesis</w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00D165EA">
+      <w:r w:rsidR="00D165EA" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> academic literature and grey literature to produce </w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00D165EA">
+      <w:r w:rsidR="00D165EA" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">instruments to measure the various activities being undertaken by HEI based </w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="001253F7">
+      <w:r w:rsidR="001253F7" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Public Policy </w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00D165EA">
+      <w:r w:rsidR="00D165EA" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Knowledge Brokerages. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00B709A3" w:rsidR="00D165EA" w:rsidP="3E7DA2CE" w:rsidRDefault="00D165EA" w14:paraId="30A1C9FC" w14:textId="4A32E1C0">
+    <w:p w14:paraId="30A1C9FC" w14:textId="4A32E1C0" w:rsidR="00D165EA" w:rsidRPr="00F91CA0" w:rsidRDefault="00D165EA" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
-          <w:rPrChange w:author="" w16du:dateUtc="2025-04-07T12:59:00Z" w:id="48">
-[...1 lines deleted...]
-          </w:rPrChange>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Substantial experience of designing, conducting and analysing </w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="001253F7">
+      <w:r w:rsidR="001253F7" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>qualitative data collection using robust methodological approaches</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D162A" w:rsidP="3E7DA2CE" w:rsidRDefault="0004217C" w14:paraId="0CC25CFC" w14:textId="77777777">
+    <w:p w14:paraId="0CC25CFC" w14:textId="77777777" w:rsidR="006D162A" w:rsidRDefault="0004217C" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Desirable</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001253F7" w:rsidP="3E7DA2CE" w:rsidRDefault="001253F7" w14:paraId="1312E1DE" w14:textId="7302834F">
+    <w:p w14:paraId="1312E1DE" w14:textId="7302834F" w:rsidR="001253F7" w:rsidRDefault="001253F7" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Interest in and/or experience of HEI based Public Policy Knowledge Brokerages in the UK or elsewhere</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001253F7" w:rsidR="001253F7" w:rsidP="3E7DA2CE" w:rsidRDefault="001253F7" w14:paraId="6DA61A60" w14:textId="420F89BB">
+    <w:p w14:paraId="6DA61A60" w14:textId="420F89BB" w:rsidR="001253F7" w:rsidRPr="00F91CA0" w:rsidRDefault="001253F7" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
-          <w:rPrChange w:author="" w16du:dateUtc="2025-04-07T13:23:00Z" w:id="49">
-[...1 lines deleted...]
-          </w:rPrChange>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Use of design principles to represent findings in a visually engaging manner</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C9549D" w:rsidR="0004217C" w:rsidP="3E7DA2CE" w:rsidRDefault="00174FD3" w14:paraId="1AEC6741" w14:textId="638A54B1">
+    <w:p w14:paraId="1AEC6741" w14:textId="638A54B1" w:rsidR="0004217C" w:rsidRPr="00C9549D" w:rsidRDefault="00000000" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="425"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:pict w14:anchorId="65AE1C8E">
-          <v:rect id="_x0000_i1031" style="width:451.3pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" alt="" o:hr="t" o:hrstd="t" o:hralign="center" fillcolor="#a0a0a0" stroked="f"/>
+          <v:rect id="_x0000_i1031" alt="" style="width:451.3pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C9549D" w:rsidR="0004217C" w:rsidP="00CB1D5C" w:rsidRDefault="0004217C" w14:paraId="2660D85F" w14:textId="3E7292E7">
+    <w:p w14:paraId="2660D85F" w14:textId="3E7292E7" w:rsidR="0004217C" w:rsidRPr="00C9549D" w:rsidRDefault="0004217C" w:rsidP="00CB1D5C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9549D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Teamwork and Communication</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C9549D" w:rsidR="0004217C" w:rsidP="00CB1D5C" w:rsidRDefault="0004217C" w14:paraId="144C3015" w14:textId="38122CD3">
+    <w:p w14:paraId="144C3015" w14:textId="38122CD3" w:rsidR="0004217C" w:rsidRPr="00C9549D" w:rsidRDefault="0004217C" w:rsidP="00CB1D5C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9549D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Essential</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CB1D5C" w:rsidR="00CB1D5C" w:rsidP="00CB1D5C" w:rsidRDefault="00CB1D5C" w14:paraId="633108CE" w14:textId="77777777">
+    <w:p w14:paraId="633108CE" w14:textId="77777777" w:rsidR="00CB1D5C" w:rsidRPr="00CB1D5C" w:rsidRDefault="00CB1D5C" w:rsidP="00CB1D5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="567"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB1D5C">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Delegates and/or collaborates effectively, understanding the strengths and weaknesses of colleagues.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CB1D5C" w:rsidR="00CB1D5C" w:rsidP="00CB1D5C" w:rsidRDefault="00CB1D5C" w14:paraId="6B2BA744" w14:textId="77777777">
+    <w:p w14:paraId="6B2BA744" w14:textId="77777777" w:rsidR="00CB1D5C" w:rsidRPr="00CB1D5C" w:rsidRDefault="00CB1D5C" w:rsidP="00CB1D5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="567"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB1D5C">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Works proactively with colleagues and other stakeholders, within and beyond the University, to achieve outcomes.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CB1D5C" w:rsidR="00CB1D5C" w:rsidP="00CB1D5C" w:rsidRDefault="00CB1D5C" w14:paraId="04BCD325" w14:textId="77777777">
+    <w:p w14:paraId="04BCD325" w14:textId="77777777" w:rsidR="00CB1D5C" w:rsidRPr="00CB1D5C" w:rsidRDefault="00CB1D5C" w:rsidP="00CB1D5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="567"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB1D5C">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Communicates effectively to develop understanding and achieve cooperation.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="006D162A" w:rsidR="005B29A7" w:rsidP="00CB1D5C" w:rsidRDefault="00CB1D5C" w14:paraId="50F20158" w14:textId="5AFCD43C">
+    <w:p w14:paraId="50F20158" w14:textId="5AFCD43C" w:rsidR="005B29A7" w:rsidRPr="006D162A" w:rsidRDefault="00CB1D5C" w:rsidP="00CB1D5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="567"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB1D5C">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Provides clear advice, guidance and recommendations on novel or complex concepts and issues</w:t>
       </w:r>
       <w:r w:rsidR="005B29A7">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D162A" w:rsidP="3E7DA2CE" w:rsidRDefault="006D162A" w14:paraId="6DC74EC0" w14:textId="2DCA4766">
+    <w:p w14:paraId="6DC74EC0" w14:textId="2DCA4766" w:rsidR="006D162A" w:rsidRDefault="006D162A" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Desirable</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D162A" w:rsidP="3E7DA2CE" w:rsidRDefault="001253F7" w14:paraId="1224FB23" w14:textId="5BC2C9EC">
+    <w:p w14:paraId="1224FB23" w14:textId="5BC2C9EC" w:rsidR="006D162A" w:rsidRDefault="001253F7" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="425"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Experience of reflective journalling of research project</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="006D162A" w:rsidR="001253F7" w:rsidP="0B4C8FF2" w:rsidRDefault="001253F7" w14:paraId="3F7FC95E" w14:textId="5030CC94">
+    <w:p w14:paraId="3F7FC95E" w14:textId="5030CC94" w:rsidR="001253F7" w:rsidRPr="006D162A" w:rsidRDefault="001253F7" w:rsidP="0B4C8FF2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="425"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
-[...22 lines deleted...]
-          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0B4C8FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Experience of delivering high quality multi-modal communication (e</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF007B" w:rsidRPr="0B4C8FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0B4C8FF2" w:rsidR="001253F7">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="0B4C8FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
-      <w:r w:rsidRPr="0B4C8FF2" w:rsidR="00AF007B">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00AF007B" w:rsidRPr="0B4C8FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0B4C8FF2" w:rsidR="001253F7">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="0B4C8FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Social, audio, video) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C9549D" w:rsidR="0004217C" w:rsidP="3E7DA2CE" w:rsidRDefault="00174FD3" w14:paraId="53720CFE" w14:textId="2C9992A1">
+    <w:p w14:paraId="53720CFE" w14:textId="2C9992A1" w:rsidR="0004217C" w:rsidRPr="00C9549D" w:rsidRDefault="00000000" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:pict w14:anchorId="2A662B58">
-          <v:rect id="_x0000_i1032" style="width:451.3pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" alt="" o:hr="t" o:hrstd="t" o:hralign="center" fillcolor="#a0a0a0" stroked="f"/>
+          <v:rect id="_x0000_i1032" alt="" style="width:451.3pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C9549D" w:rsidR="0004217C" w:rsidP="00CB1D5C" w:rsidRDefault="0004217C" w14:paraId="162C6B84" w14:textId="68F5C407">
+    <w:p w14:paraId="162C6B84" w14:textId="68F5C407" w:rsidR="0004217C" w:rsidRPr="00C9549D" w:rsidRDefault="0004217C" w:rsidP="00CB1D5C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9549D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Planning, Organisation and Resource Management</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C9549D" w:rsidR="0004217C" w:rsidP="00CB1D5C" w:rsidRDefault="0004217C" w14:paraId="199489A2" w14:textId="563175F7">
+    <w:p w14:paraId="199489A2" w14:textId="563175F7" w:rsidR="0004217C" w:rsidRPr="00C9549D" w:rsidRDefault="0004217C" w:rsidP="00CB1D5C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9549D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Essential</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CB1D5C" w:rsidR="00502114" w:rsidP="3E7DA2CE" w:rsidRDefault="00CB1D5C" w14:paraId="3513F9DA" w14:textId="2C90C6F1">
+    <w:p w14:paraId="3513F9DA" w14:textId="2C90C6F1" w:rsidR="00502114" w:rsidRPr="00CB1D5C" w:rsidRDefault="00CB1D5C" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Plans and progresses knowledge exchange activities within broad guidelines and established University policies and procedures.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00502114" w:rsidR="00502114" w:rsidP="3E7DA2CE" w:rsidRDefault="00CB1D5C" w14:paraId="58898F9B" w14:textId="1BC41F68">
+    <w:p w14:paraId="58898F9B" w14:textId="1BC41F68" w:rsidR="00502114" w:rsidRPr="00502114" w:rsidRDefault="00CB1D5C" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Formulates development plans to meet current skill requirements</w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00883B4C">
+      <w:r w:rsidR="00883B4C" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00502114" w:rsidP="3E7DA2CE" w:rsidRDefault="00502114" w14:paraId="219DD33B" w14:textId="7CF86703">
+    <w:p w14:paraId="219DD33B" w14:textId="7CF86703" w:rsidR="00502114" w:rsidRDefault="00502114" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="567"/>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:eastAsia="Roboto" w:cs="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:eastAsia="Roboto" w:cs="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Ability to priories and manage workload with one day a week input from Head of PPS.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00502114" w:rsidR="00502114" w:rsidP="3E7DA2CE" w:rsidRDefault="00502114" w14:paraId="584461EE" w14:textId="5DEF5283">
+    <w:p w14:paraId="584461EE" w14:textId="5DEF5283" w:rsidR="00502114" w:rsidRPr="00502114" w:rsidRDefault="00502114" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="567"/>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:eastAsia="Roboto" w:cs="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:eastAsia="Roboto" w:cs="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Confident to arrange travel where needed for in-person stakeholder meetings.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00502114" w:rsidR="00502114" w:rsidP="3E7DA2CE" w:rsidRDefault="00502114" w14:paraId="233E42CE" w14:textId="60159386">
+    <w:p w14:paraId="233E42CE" w14:textId="60159386" w:rsidR="00502114" w:rsidRPr="00502114" w:rsidRDefault="00502114" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="E73238" w:themeColor="accent2"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006D162A" w:rsidP="00502114" w:rsidRDefault="006D162A" w14:paraId="1B18CD9B" w14:textId="77777777">
+    <w:p w14:paraId="1B18CD9B" w14:textId="77777777" w:rsidR="006D162A" w:rsidRDefault="006D162A" w:rsidP="00502114">
       <w:pPr>
         <w:rPr>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9549D">
         <w:rPr>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
         </w:rPr>
         <w:t>Desirable</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="006D162A" w:rsidR="006D162A" w:rsidP="3E7DA2CE" w:rsidRDefault="00502114" w14:paraId="21947BB1" w14:textId="715A9668">
+    <w:p w14:paraId="21947BB1" w14:textId="715A9668" w:rsidR="006D162A" w:rsidRPr="006D162A" w:rsidRDefault="00502114" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="425"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Experience of using University of Southampton purchasing (Business World) and </w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00C81A66">
+      <w:r w:rsidR="00C81A66" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>ravel (Clarity) systems</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="006D162A" w:rsidR="006D162A" w:rsidP="3E7DA2CE" w:rsidRDefault="006D162A" w14:paraId="5859FA9C" w14:textId="41694894">
+    <w:p w14:paraId="5859FA9C" w14:textId="41694894" w:rsidR="006D162A" w:rsidRPr="006D162A" w:rsidRDefault="006D162A" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="E73238" w:themeColor="accent2"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00C9549D" w:rsidR="0004217C" w:rsidP="00CB1D5C" w:rsidRDefault="00174FD3" w14:paraId="4EB78921" w14:textId="6B0F1122">
+    <w:p w14:paraId="4EB78921" w14:textId="6B0F1122" w:rsidR="0004217C" w:rsidRPr="00C9549D" w:rsidRDefault="00000000" w:rsidP="00CB1D5C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:pict w14:anchorId="019C7A5E">
-          <v:rect id="_x0000_i1033" style="width:451.3pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" alt="" o:hr="t" o:hrstd="t" o:hralign="center" fillcolor="#a0a0a0" stroked="f"/>
+          <v:rect id="_x0000_i1033" alt="" style="width:451.3pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C9549D" w:rsidR="0004217C" w:rsidP="00CB1D5C" w:rsidRDefault="0004217C" w14:paraId="5E177700" w14:textId="4E23D11B">
+    <w:p w14:paraId="5E177700" w14:textId="4E23D11B" w:rsidR="0004217C" w:rsidRPr="00C9549D" w:rsidRDefault="0004217C" w:rsidP="00CB1D5C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9549D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Problem Solving and Initiative</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C9549D" w:rsidR="0004217C" w:rsidP="00CB1D5C" w:rsidRDefault="0004217C" w14:paraId="2EB584D4" w14:textId="60380235">
+    <w:p w14:paraId="2EB584D4" w14:textId="60380235" w:rsidR="0004217C" w:rsidRPr="00C9549D" w:rsidRDefault="0004217C" w:rsidP="00CB1D5C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9549D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Essential</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CB1D5C" w:rsidR="00CB1D5C" w:rsidP="00CB1D5C" w:rsidRDefault="00CB1D5C" w14:paraId="4FD572A6" w14:textId="77777777">
+    <w:p w14:paraId="4FD572A6" w14:textId="77777777" w:rsidR="00CB1D5C" w:rsidRPr="00CB1D5C" w:rsidRDefault="00CB1D5C" w:rsidP="00CB1D5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="567"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB1D5C">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Develops detailed understanding of long-standing and/or complex problems and applies accumulated knowledge and experience to understand and/or resolve them.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0004217C" w:rsidP="3E7DA2CE" w:rsidRDefault="00CB1D5C" w14:paraId="00FD6EF2" w14:textId="6CE78735">
+    <w:p w14:paraId="00FD6EF2" w14:textId="6CE78735" w:rsidR="0004217C" w:rsidRDefault="00CB1D5C" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Demonstrates an awareness of principles and trends within</w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00502114">
+      <w:r w:rsidR="00502114" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00502114">
+      <w:r w:rsidR="00502114" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>‘Impact Agenda’ and specifically HEI based Public Policy Knowledge Brokerages</w:t>
       </w:r>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and awareness of how this affects research and/or knowledge exchange activities in the Universit</w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00502114">
+      <w:r w:rsidR="00502114" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">y, Government and </w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00C81A66">
+      <w:r w:rsidR="00C81A66" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>UKRI (especially Research England).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D162A" w:rsidP="3E7DA2CE" w:rsidRDefault="006D162A" w14:paraId="1356C039" w14:textId="1471743B">
+    <w:p w14:paraId="1356C039" w14:textId="1471743B" w:rsidR="006D162A" w:rsidRDefault="006D162A" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Desirable</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="006D162A" w:rsidR="006D162A" w:rsidP="3E7DA2CE" w:rsidRDefault="00C81A66" w14:paraId="021908AD" w14:textId="3AF0E6AE">
+    <w:p w14:paraId="021908AD" w14:textId="3AF0E6AE" w:rsidR="006D162A" w:rsidRPr="006D162A" w:rsidRDefault="00C81A66" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="425"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Experience or substantial understanding of development of measures of other knowledge exchange domains (e.g. Enterprise and/or Public Engagement)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA0322" w:rsidP="3E7DA2CE" w:rsidRDefault="00174FD3" w14:paraId="39189345" w14:textId="11DC138A">
+    <w:p w14:paraId="39189345" w14:textId="11DC138A" w:rsidR="00DA0322" w:rsidRDefault="00000000" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:pict w14:anchorId="151CEDD0">
-          <v:rect id="_x0000_i1034" style="width:451.3pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" alt="" o:hr="t" o:hrstd="t" o:hralign="center" fillcolor="#a0a0a0" stroked="f"/>
+          <v:rect id="_x0000_i1034" alt="" style="width:451.3pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C9549D" w:rsidR="00850136" w:rsidP="00CB1D5C" w:rsidRDefault="00850136" w14:paraId="1F75EEDF" w14:textId="4329E3E5">
+    <w:p w14:paraId="1F75EEDF" w14:textId="4329E3E5" w:rsidR="00850136" w:rsidRPr="00C9549D" w:rsidRDefault="00850136" w:rsidP="00CB1D5C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9549D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C9549D" w:rsidR="00850136" w:rsidP="002B5854" w:rsidRDefault="00850136" w14:paraId="0A59B529" w14:textId="3E874546">
+    <w:p w14:paraId="0A59B529" w14:textId="3E874546" w:rsidR="00850136" w:rsidRPr="00C9549D" w:rsidRDefault="00850136" w:rsidP="002B5854">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="002E3B" w:themeFill="accent1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9549D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Job Hazard </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C9549D" w:rsidR="00D86E92">
+      <w:r w:rsidR="00D86E92" w:rsidRPr="00C9549D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Assessment</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00C836E2" w:rsidP="002B5854" w:rsidRDefault="00E76E9F" w14:paraId="2E409A25" w14:textId="0D646878">
+    <w:p w14:paraId="2E409A25" w14:textId="0D646878" w:rsidR="00C836E2" w:rsidRPr="00722340" w:rsidRDefault="00E76E9F" w:rsidP="002B5854">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00722340">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>A full health clearance is required for this role where any hazards marked “</w:t>
       </w:r>
       <w:r w:rsidRPr="001B067E">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1CCCFF" w:themeColor="accent1" w:themeTint="80"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>^</w:t>
       </w:r>
       <w:r w:rsidRPr="00722340">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">”, using the agreed Occupational Health </w:t>
       </w:r>
       <w:r w:rsidR="002666B4">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">referral </w:t>
       </w:r>
       <w:r w:rsidRPr="00722340">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">template </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId13">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="002666B4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:t>available from</w:t>
         </w:r>
-        <w:r w:rsidRPr="002666B4" w:rsidR="002666B4">
+        <w:r w:rsidR="002666B4" w:rsidRPr="002666B4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00722340">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>. Where a full health clearance is required, this will apply to all role holders, including existing members of staff.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00E76E9F" w:rsidP="002B5854" w:rsidRDefault="00E76E9F" w14:paraId="3873EF12" w14:textId="74B04E2F">
+    <w:p w14:paraId="3873EF12" w14:textId="74B04E2F" w:rsidR="00E76E9F" w:rsidRPr="00722340" w:rsidRDefault="00E76E9F" w:rsidP="002B5854">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00722340">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Physical Environment</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00E76E9F" w:rsidP="3E7DA2CE" w:rsidRDefault="00E76E9F" w14:paraId="5AC0AE42" w14:textId="6D223E87">
+    <w:p w14:paraId="5AC0AE42" w14:textId="6D223E87" w:rsidR="00E76E9F" w:rsidRPr="00722340" w:rsidRDefault="00E76E9F" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Working </w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00577C4D">
+      <w:r w:rsidR="00577C4D" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>utside</w:t>
       </w:r>
-      <w:bookmarkStart w:name="_Hlk181968470" w:id="53"/>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00CF2A12">
+      <w:bookmarkStart w:id="2" w:name="_Hlk181968470"/>
+      <w:r w:rsidR="00CF2A12" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00CF2A12">
+      <w:r w:rsidR="00CF2A12" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1CCCFF" w:themeColor="accent1" w:themeTint="80"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>^</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="53"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:alias w:val="Job Hazard Assessment"/>
           <w:tag w:val="Job Hazard Assessment"/>
           <w:id w:val="1538702282"/>
           <w:placeholder>
             <w:docPart w:val="9E4DEAF928ED49D6820D4E149B202A01"/>
           </w:placeholder>
           <w15:color w:val="000000"/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Not applicable" w:value="Not applicable"/>
             <w:listItem w:displayText="Occasionally &lt;30% Time" w:value="Occasionally &lt;30% Time"/>
             <w:listItem w:displayText="Frequently 30-60% Time" w:value="Frequently 30-60% Time"/>
             <w:listItem w:displayText="Constantly &gt;60% Time" w:value="Constantly &gt;60% Time"/>
           </w:dropDownList>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00C81A66">
+          <w:r w:rsidR="00C81A66" w:rsidRPr="3E7DA2CE">
             <w:rPr>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Not applicable</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00577C4D" w:rsidP="3E7DA2CE" w:rsidRDefault="00577C4D" w14:paraId="6D72D294" w14:textId="41D0E8BB">
+    <w:p w14:paraId="6D72D294" w14:textId="41D0E8BB" w:rsidR="00577C4D" w:rsidRPr="00722340" w:rsidRDefault="00577C4D" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C5D2DA" w:themeFill="background2" w:themeFillShade="E6"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Exposure to noise levels &gt;80dbA </w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="009608CA">
+      <w:r w:rsidR="009608CA" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1CCCFF" w:themeColor="accent1" w:themeTint="80"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>^</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:alias w:val="Job Hazard Assessment"/>
           <w:tag w:val="Job Hazard Assessment"/>
           <w:id w:val="1811822672"/>
           <w:placeholder>
             <w:docPart w:val="81709D2F5B854CC9A756FC30CA485902"/>
           </w:placeholder>
           <w15:color w:val="000000"/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Not applicable" w:value="Not applicable"/>
             <w:listItem w:displayText="Occasionally &lt;30% Time" w:value="Occasionally &lt;30% Time"/>
             <w:listItem w:displayText="Frequently 30-60% Time" w:value="Frequently 30-60% Time"/>
             <w:listItem w:displayText="Constantly &gt;60% Time" w:value="Constantly &gt;60% Time"/>
           </w:dropDownList>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00C81A66">
+          <w:r w:rsidR="00C81A66" w:rsidRPr="3E7DA2CE">
             <w:rPr>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Not applicable</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00577C4D" w:rsidP="3E7DA2CE" w:rsidRDefault="00577C4D" w14:paraId="439E5382" w14:textId="7ECC9DD6">
+    <w:p w14:paraId="439E5382" w14:textId="7ECC9DD6" w:rsidR="00577C4D" w:rsidRPr="00722340" w:rsidRDefault="00577C4D" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Working with dust or fumes </w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="009608CA">
+      <w:r w:rsidR="009608CA" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1CCCFF" w:themeColor="accent1" w:themeTint="80"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>^</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:alias w:val="Job Hazard Assessment"/>
           <w:tag w:val="Job Hazard Assessment"/>
           <w:id w:val="-311955958"/>
           <w:placeholder>
             <w:docPart w:val="02B44E7650194AF38C20D68B0B34C5CF"/>
           </w:placeholder>
           <w15:color w:val="000000"/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Not applicable" w:value="Not applicable"/>
             <w:listItem w:displayText="Occasionally &lt;30% Time" w:value="Occasionally &lt;30% Time"/>
             <w:listItem w:displayText="Frequently 30-60% Time" w:value="Frequently 30-60% Time"/>
             <w:listItem w:displayText="Constantly &gt;60% Time" w:value="Constantly &gt;60% Time"/>
           </w:dropDownList>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00C81A66">
+          <w:r w:rsidR="00C81A66" w:rsidRPr="3E7DA2CE">
             <w:rPr>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Not applicable</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00577C4D" w:rsidP="3E7DA2CE" w:rsidRDefault="00577C4D" w14:paraId="4268757E" w14:textId="0C77D126">
+    <w:p w14:paraId="4268757E" w14:textId="0C77D126" w:rsidR="00577C4D" w:rsidRPr="00722340" w:rsidRDefault="00577C4D" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C5D2DA" w:themeFill="background2" w:themeFillShade="E6"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Working with skin irritants </w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="009608CA">
+      <w:r w:rsidR="009608CA" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1CCCFF" w:themeColor="accent1" w:themeTint="80"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>^</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:alias w:val="Job Hazard Assessment"/>
           <w:tag w:val="Job Hazard Assessment"/>
           <w:id w:val="-1037883594"/>
           <w:placeholder>
             <w:docPart w:val="CA755C62B91242A6ACAC0D467167C25A"/>
           </w:placeholder>
           <w15:color w:val="000000"/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Not applicable" w:value="Not applicable"/>
             <w:listItem w:displayText="Occasionally &lt;30% Time" w:value="Occasionally &lt;30% Time"/>
             <w:listItem w:displayText="Frequently 30-60% Time" w:value="Frequently 30-60% Time"/>
             <w:listItem w:displayText="Constantly &gt;60% Time" w:value="Constantly &gt;60% Time"/>
           </w:dropDownList>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00C81A66">
+          <w:r w:rsidR="00C81A66" w:rsidRPr="3E7DA2CE">
             <w:rPr>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Not applicable</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00577C4D" w:rsidP="3E7DA2CE" w:rsidRDefault="00577C4D" w14:paraId="0DF37314" w14:textId="781B4678">
+    <w:p w14:paraId="0DF37314" w14:textId="781B4678" w:rsidR="00577C4D" w:rsidRPr="00722340" w:rsidRDefault="00577C4D" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Working with chemicals (industrial or cleaning)</w:t>
       </w:r>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="009608CA">
+      <w:r w:rsidR="009608CA" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1CCCFF" w:themeColor="accent1" w:themeTint="80"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>^</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:alias w:val="Job Hazard Assessment"/>
           <w:tag w:val="Job Hazard Assessment"/>
           <w:id w:val="1175223546"/>
           <w:placeholder>
             <w:docPart w:val="916706A82BD7496DAE4AE8BD83EAF7E1"/>
           </w:placeholder>
           <w15:color w:val="000000"/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Not applicable" w:value="Not applicable"/>
             <w:listItem w:displayText="Occasionally &lt;30% Time" w:value="Occasionally &lt;30% Time"/>
             <w:listItem w:displayText="Frequently 30-60% Time" w:value="Frequently 30-60% Time"/>
             <w:listItem w:displayText="Constantly &gt;60% Time" w:value="Constantly &gt;60% Time"/>
           </w:dropDownList>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00C81A66">
+          <w:r w:rsidR="00C81A66" w:rsidRPr="3E7DA2CE">
             <w:rPr>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Not applicable</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00577C4D" w:rsidP="3E7DA2CE" w:rsidRDefault="00577C4D" w14:paraId="6CD09E59" w14:textId="1B27BF68">
+    <w:p w14:paraId="6CD09E59" w14:textId="1B27BF68" w:rsidR="00577C4D" w:rsidRPr="00722340" w:rsidRDefault="00577C4D" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C5D2DA" w:themeFill="background2" w:themeFillShade="E6"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Working in a confined space</w:t>
       </w:r>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="009608CA">
+      <w:r w:rsidR="009608CA" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1CCCFF" w:themeColor="accent1" w:themeTint="80"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>^</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:alias w:val="Job Hazard Assessment"/>
           <w:tag w:val="Job Hazard Assessment"/>
           <w:id w:val="1579860206"/>
           <w:placeholder>
             <w:docPart w:val="3FBBB96CF81A4635B93D963DA569C64C"/>
           </w:placeholder>
           <w15:color w:val="000000"/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Not applicable" w:value="Not applicable"/>
             <w:listItem w:displayText="Occasionally &lt;30% Time" w:value="Occasionally &lt;30% Time"/>
             <w:listItem w:displayText="Frequently 30-60% Time" w:value="Frequently 30-60% Time"/>
             <w:listItem w:displayText="Constantly &gt;60% Time" w:value="Constantly &gt;60% Time"/>
           </w:dropDownList>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00C81A66">
+          <w:r w:rsidR="00C81A66" w:rsidRPr="3E7DA2CE">
             <w:rPr>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Not applicable</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00577C4D" w:rsidP="3E7DA2CE" w:rsidRDefault="00CE75C9" w14:paraId="6B0D0B35" w14:textId="354FA204">
+    <w:p w14:paraId="6B0D0B35" w14:textId="354FA204" w:rsidR="00577C4D" w:rsidRPr="00722340" w:rsidRDefault="00CE75C9" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Working at height</w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="002666B4">
+      <w:r w:rsidR="002666B4" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="009608CA">
+      <w:r w:rsidR="009608CA" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1CCCFF" w:themeColor="accent1" w:themeTint="80"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>^</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
@@ -4877,481 +4637,474 @@
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:alias w:val="Job Hazard Assessment"/>
           <w:tag w:val="Job Hazard Assessment"/>
           <w:id w:val="-1595463411"/>
           <w:placeholder>
             <w:docPart w:val="B85B10B26216441BA6C9BF51DD3112E2"/>
           </w:placeholder>
           <w15:color w:val="000000"/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Not applicable" w:value="Not applicable"/>
             <w:listItem w:displayText="Occasionally &lt;30% Time" w:value="Occasionally &lt;30% Time"/>
             <w:listItem w:displayText="Frequently 30-60% Time" w:value="Frequently 30-60% Time"/>
             <w:listItem w:displayText="Constantly &gt;60% Time" w:value="Constantly &gt;60% Time"/>
           </w:dropDownList>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00C81A66">
+          <w:r w:rsidR="00C81A66" w:rsidRPr="3E7DA2CE">
             <w:rPr>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Not applicable</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00CE75C9" w:rsidP="3E7DA2CE" w:rsidRDefault="00CE75C9" w14:paraId="2EB06464" w14:textId="6A913DA7">
+    <w:p w14:paraId="2EB06464" w14:textId="6A913DA7" w:rsidR="00CE75C9" w:rsidRPr="00722340" w:rsidRDefault="00CE75C9" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C5D2DA" w:themeFill="background2" w:themeFillShade="E6"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Working with sewage </w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="009608CA">
+      <w:r w:rsidR="009608CA" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1CCCFF" w:themeColor="accent1" w:themeTint="80"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>^</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:alias w:val="Job Hazard Assessment"/>
           <w:tag w:val="Job Hazard Assessment"/>
           <w:id w:val="-594478374"/>
           <w:placeholder>
             <w:docPart w:val="D9964B985B574E988788C854F379B62F"/>
           </w:placeholder>
           <w15:color w:val="000000"/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Not applicable" w:value="Not applicable"/>
             <w:listItem w:displayText="Occasionally &lt;30% Time" w:value="Occasionally &lt;30% Time"/>
             <w:listItem w:displayText="Frequently 30-60% Time" w:value="Frequently 30-60% Time"/>
             <w:listItem w:displayText="Constantly &gt;60% Time" w:value="Constantly &gt;60% Time"/>
           </w:dropDownList>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00C81A66">
+          <w:r w:rsidR="00C81A66" w:rsidRPr="3E7DA2CE">
             <w:rPr>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Not applicable</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00CE75C9" w:rsidP="3E7DA2CE" w:rsidRDefault="00CE75C9" w14:paraId="4BF83A77" w14:textId="25DFC2A3">
+    <w:p w14:paraId="4BF83A77" w14:textId="25DFC2A3" w:rsidR="00CE75C9" w:rsidRPr="00722340" w:rsidRDefault="00CE75C9" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Contact with cytotoxins </w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="009608CA">
+      <w:r w:rsidR="009608CA" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1CCCFF" w:themeColor="accent1" w:themeTint="80"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>^</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:alias w:val="Job Hazard Assessment"/>
           <w:tag w:val="Job Hazard Assessment"/>
           <w:id w:val="-2055307438"/>
           <w:placeholder>
             <w:docPart w:val="5D6B4431B92641C1B13591FF936F507F"/>
           </w:placeholder>
           <w15:color w:val="000000"/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Not applicable" w:value="Not applicable"/>
             <w:listItem w:displayText="Occasionally &lt;30% Time" w:value="Occasionally &lt;30% Time"/>
             <w:listItem w:displayText="Frequently 30-60% Time" w:value="Frequently 30-60% Time"/>
             <w:listItem w:displayText="Constantly &gt;60% Time" w:value="Constantly &gt;60% Time"/>
           </w:dropDownList>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00C81A66">
+          <w:r w:rsidR="00C81A66" w:rsidRPr="3E7DA2CE">
             <w:rPr>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Not applicable</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00CF2A12" w:rsidP="3E7DA2CE" w:rsidRDefault="00CF2A12" w14:paraId="3705A0E3" w14:textId="0215BF9B">
+    <w:p w14:paraId="3705A0E3" w14:textId="0215BF9B" w:rsidR="00CF2A12" w:rsidRPr="00722340" w:rsidRDefault="00CF2A12" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C5D2DA" w:themeFill="background2" w:themeFillShade="E6"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Exposure Prone Procedure (EPP) work </w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="009608CA">
+      <w:r w:rsidR="009608CA" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1CCCFF" w:themeColor="accent1" w:themeTint="80"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>^</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:alias w:val="Job Hazard Assessment"/>
           <w:tag w:val="Job Hazard Assessment"/>
           <w:id w:val="916436138"/>
           <w:placeholder>
             <w:docPart w:val="FE13E81EB81D4206A65356346B97DA59"/>
           </w:placeholder>
           <w15:color w:val="000000"/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Not applicable" w:value="Not applicable"/>
             <w:listItem w:displayText="Occasionally &lt;30% Time" w:value="Occasionally &lt;30% Time"/>
             <w:listItem w:displayText="Frequently 30-60% Time" w:value="Frequently 30-60% Time"/>
             <w:listItem w:displayText="Constantly &gt;60% Time" w:value="Constantly &gt;60% Time"/>
           </w:dropDownList>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00C81A66">
+          <w:r w:rsidR="00C81A66" w:rsidRPr="3E7DA2CE">
             <w:rPr>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Not applicable</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="001B067E" w:rsidP="3E7DA2CE" w:rsidRDefault="001B067E" w14:paraId="4569F6DE" w14:textId="207EE83D">
+    <w:p w14:paraId="4569F6DE" w14:textId="207EE83D" w:rsidR="001B067E" w:rsidRPr="00722340" w:rsidRDefault="001B067E" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Contact with clinical specimens or pathology work </w:t>
       </w:r>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1CCCFF" w:themeColor="accent1" w:themeTint="80"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>^</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:alias w:val="Job Hazard Assessment"/>
           <w:tag w:val="Job Hazard Assessment"/>
           <w:id w:val="1986968419"/>
           <w:placeholder>
             <w:docPart w:val="948BA8E4A7824F7382083669246615BE"/>
           </w:placeholder>
           <w15:color w:val="000000"/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Not applicable" w:value="Not applicable"/>
             <w:listItem w:displayText="Occasionally &lt;30% Time" w:value="Occasionally &lt;30% Time"/>
             <w:listItem w:displayText="Frequently 30-60% Time" w:value="Frequently 30-60% Time"/>
             <w:listItem w:displayText="Constantly &gt;60% Time" w:value="Constantly &gt;60% Time"/>
           </w:dropDownList>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00C81A66">
+          <w:r w:rsidR="00C81A66" w:rsidRPr="3E7DA2CE">
             <w:rPr>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Not applicable</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00CF2A12" w:rsidP="3E7DA2CE" w:rsidRDefault="00CF2A12" w14:paraId="09342054" w14:textId="57420559">
+    <w:p w14:paraId="09342054" w14:textId="57420559" w:rsidR="00CF2A12" w:rsidRPr="00722340" w:rsidRDefault="00CF2A12" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C5D2DA" w:themeFill="background2" w:themeFillShade="E6"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Direct patient care or patient contact</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:alias w:val="Job Hazard Assessment"/>
           <w:tag w:val="Job Hazard Assessment"/>
           <w:id w:val="144331154"/>
           <w:placeholder>
             <w:docPart w:val="B713C1EE454D4866865CD095E7988C54"/>
           </w:placeholder>
           <w15:color w:val="000000"/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Not applicable" w:value="Not applicable"/>
             <w:listItem w:displayText="Occasionally &lt;30% Time" w:value="Occasionally &lt;30% Time"/>
             <w:listItem w:displayText="Frequently 30-60% Time" w:value="Frequently 30-60% Time"/>
             <w:listItem w:displayText="Constantly &gt;60% Time" w:value="Constantly &gt;60% Time"/>
           </w:dropDownList>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00C81A66">
+          <w:r w:rsidR="00C81A66" w:rsidRPr="3E7DA2CE">
             <w:rPr>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Not applicable</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00E76E9F" w:rsidP="3E7DA2CE" w:rsidRDefault="00577C4D" w14:paraId="5AEDA182" w14:textId="39F6192D">
+    <w:p w14:paraId="5AEDA182" w14:textId="39F6192D" w:rsidR="00E76E9F" w:rsidRPr="00722340" w:rsidRDefault="00577C4D" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Exposure to t</w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00E76E9F">
+      <w:r w:rsidR="00E76E9F" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>emperature extremes</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:alias w:val="Job Hazard Assessment"/>
           <w:tag w:val="Job Hazard Assessment"/>
           <w:id w:val="1863316695"/>
           <w:placeholder>
             <w:docPart w:val="529D19CEEEA047009C12FD354D58E84A"/>
           </w:placeholder>
           <w15:color w:val="000000"/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Not applicable" w:value="Not applicable"/>
             <w:listItem w:displayText="Occasionally &lt;30% Time" w:value="Occasionally &lt;30% Time"/>
             <w:listItem w:displayText="Frequently 30-60% Time" w:value="Frequently 30-60% Time"/>
             <w:listItem w:displayText="Constantly &gt;60% Time" w:value="Constantly &gt;60% Time"/>
           </w:dropDownList>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00C81A66">
+          <w:r w:rsidR="00C81A66" w:rsidRPr="3E7DA2CE">
             <w:rPr>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Not applicable</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00577C4D" w:rsidP="3E7DA2CE" w:rsidRDefault="00577C4D" w14:paraId="09F47BE6" w14:textId="75D58064">
+    <w:p w14:paraId="09F47BE6" w14:textId="75D58064" w:rsidR="00577C4D" w:rsidRPr="00722340" w:rsidRDefault="00577C4D" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C5D2DA" w:themeFill="background2" w:themeFillShade="E6"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Frequent hand washing</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
@@ -5361,63 +5114,62 @@
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:alias w:val="Job Hazard Assessment"/>
           <w:tag w:val="Job Hazard Assessment"/>
           <w:id w:val="-308397965"/>
           <w:placeholder>
             <w:docPart w:val="2198E843053F420EB4680AAC3FB9E1A3"/>
           </w:placeholder>
           <w15:color w:val="000000"/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Not applicable" w:value="Not applicable"/>
             <w:listItem w:displayText="Occasionally &lt;30% Time" w:value="Occasionally &lt;30% Time"/>
             <w:listItem w:displayText="Frequently 30-60% Time" w:value="Frequently 30-60% Time"/>
             <w:listItem w:displayText="Constantly &gt;60% Time" w:value="Constantly &gt;60% Time"/>
           </w:dropDownList>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00C81A66">
+          <w:r w:rsidR="00C81A66" w:rsidRPr="3E7DA2CE">
             <w:rPr>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Not applicable</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00577C4D" w:rsidP="3E7DA2CE" w:rsidRDefault="00577C4D" w14:paraId="0AD28306" w14:textId="5310A4E0">
+    <w:p w14:paraId="0AD28306" w14:textId="5310A4E0" w:rsidR="00577C4D" w:rsidRPr="00722340" w:rsidRDefault="00577C4D" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Ionising radiation</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
@@ -5429,102 +5181,101 @@
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:alias w:val="Job Hazard Assessment"/>
           <w:tag w:val="Job Hazard Assessment"/>
           <w:id w:val="513965141"/>
           <w:placeholder>
             <w:docPart w:val="32D85C7765EA48A1B96056CE217BC6A0"/>
           </w:placeholder>
           <w15:color w:val="000000"/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Not applicable" w:value="Not applicable"/>
             <w:listItem w:displayText="Occasionally &lt;30% Time" w:value="Occasionally &lt;30% Time"/>
             <w:listItem w:displayText="Frequently 30-60% Time" w:value="Frequently 30-60% Time"/>
             <w:listItem w:displayText="Constantly &gt;60% Time" w:value="Constantly &gt;60% Time"/>
           </w:dropDownList>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00C81A66">
+          <w:r w:rsidR="00C81A66" w:rsidRPr="3E7DA2CE">
             <w:rPr>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Not applicable</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00CF2A12" w:rsidP="002B5854" w:rsidRDefault="00174FD3" w14:paraId="46C7371E" w14:textId="698F44A5">
+    <w:p w14:paraId="46C7371E" w14:textId="698F44A5" w:rsidR="00CF2A12" w:rsidRPr="00722340" w:rsidRDefault="00000000" w:rsidP="002B5854">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:pict w14:anchorId="3D00FA4E">
-          <v:rect id="_x0000_i1035" style="width:451.3pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" alt="" o:hr="t" o:hrstd="t" o:hralign="center" fillcolor="#a0a0a0" stroked="f"/>
+          <v:rect id="_x0000_i1035" alt="" style="width:451.3pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00E76E9F" w:rsidP="002B5854" w:rsidRDefault="00E76E9F" w14:paraId="76386A87" w14:textId="5425BCC2">
+    <w:p w14:paraId="76386A87" w14:textId="5425BCC2" w:rsidR="00E76E9F" w:rsidRPr="00722340" w:rsidRDefault="00E76E9F" w:rsidP="002B5854">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00722340">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Psychological and Social Environment</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00577C4D" w:rsidP="3E7DA2CE" w:rsidRDefault="009608CA" w14:paraId="0B67D9FE" w14:textId="5EF9D947">
+    <w:p w14:paraId="0B67D9FE" w14:textId="5EF9D947" w:rsidR="00577C4D" w:rsidRPr="00722340" w:rsidRDefault="009608CA" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Working shifts </w:t>
       </w:r>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1CCCFF" w:themeColor="accent1" w:themeTint="80"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>^</w:t>
       </w:r>
       <w:r>
         <w:tab/>
@@ -5546,63 +5297,62 @@
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:alias w:val="Job Hazard Assessment"/>
           <w:tag w:val="Job Hazard Assessment"/>
           <w:id w:val="541484205"/>
           <w:placeholder>
             <w:docPart w:val="49C003BB906F4C0D910650FB178855D1"/>
           </w:placeholder>
           <w15:color w:val="000000"/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Not applicable" w:value="Not applicable"/>
             <w:listItem w:displayText="Occasionally &lt;30% Time" w:value="Occasionally &lt;30% Time"/>
             <w:listItem w:displayText="Frequently 30-60% Time" w:value="Frequently 30-60% Time"/>
             <w:listItem w:displayText="Constantly &gt;60% Time" w:value="Constantly &gt;60% Time"/>
           </w:dropDownList>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00C81A66">
+          <w:r w:rsidR="00C81A66" w:rsidRPr="3E7DA2CE">
             <w:rPr>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Not applicable</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="009608CA" w:rsidP="3E7DA2CE" w:rsidRDefault="009608CA" w14:paraId="3B6ECF44" w14:textId="4CF71218">
+    <w:p w14:paraId="3B6ECF44" w14:textId="4CF71218" w:rsidR="009608CA" w:rsidRPr="00722340" w:rsidRDefault="009608CA" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C5D2DA" w:themeFill="background2" w:themeFillShade="E6"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Working nights </w:t>
       </w:r>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1CCCFF" w:themeColor="accent1" w:themeTint="80"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>^</w:t>
       </w:r>
       <w:r>
@@ -5625,63 +5375,62 @@
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:alias w:val="Job Hazard Assessment"/>
           <w:tag w:val="Job Hazard Assessment"/>
           <w:id w:val="-1459565132"/>
           <w:placeholder>
             <w:docPart w:val="0E7FDF1F12DC4851AAAB5D7878C24DA9"/>
           </w:placeholder>
           <w15:color w:val="000000"/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Not applicable" w:value="Not applicable"/>
             <w:listItem w:displayText="Occasionally &lt;30% Time" w:value="Occasionally &lt;30% Time"/>
             <w:listItem w:displayText="Frequently 30-60% Time" w:value="Frequently 30-60% Time"/>
             <w:listItem w:displayText="Constantly &gt;60% Time" w:value="Constantly &gt;60% Time"/>
           </w:dropDownList>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00C81A66">
+          <w:r w:rsidR="00C81A66" w:rsidRPr="3E7DA2CE">
             <w:rPr>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Occasionally &lt;30% Time</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="009608CA" w:rsidP="3E7DA2CE" w:rsidRDefault="009608CA" w14:paraId="67472AEC" w14:textId="757CB275">
+    <w:p w14:paraId="67472AEC" w14:textId="757CB275" w:rsidR="009608CA" w:rsidRPr="00722340" w:rsidRDefault="009608CA" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Lone working</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
@@ -5696,63 +5445,62 @@
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:alias w:val="Job Hazard Assessment"/>
           <w:tag w:val="Job Hazard Assessment"/>
           <w:id w:val="-380937265"/>
           <w:placeholder>
             <w:docPart w:val="8588F495E1B34F5DA077DB0F6D5951FA"/>
           </w:placeholder>
           <w15:color w:val="000000"/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Not applicable" w:value="Not applicable"/>
             <w:listItem w:displayText="Occasionally &lt;30% Time" w:value="Occasionally &lt;30% Time"/>
             <w:listItem w:displayText="Frequently 30-60% Time" w:value="Frequently 30-60% Time"/>
             <w:listItem w:displayText="Constantly &gt;60% Time" w:value="Constantly &gt;60% Time"/>
           </w:dropDownList>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00C81A66">
+          <w:r w:rsidR="00C81A66" w:rsidRPr="3E7DA2CE">
             <w:rPr>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Frequently 30-60% Time</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="009608CA" w:rsidP="3E7DA2CE" w:rsidRDefault="009608CA" w14:paraId="22C8B5C5" w14:textId="12B7C39F">
+    <w:p w14:paraId="22C8B5C5" w14:textId="12B7C39F" w:rsidR="009608CA" w:rsidRPr="00722340" w:rsidRDefault="009608CA" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C5D2DA" w:themeFill="background2" w:themeFillShade="E6"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Working with children</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
@@ -5765,119 +5513,117 @@
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:alias w:val="Job Hazard Assessment"/>
           <w:tag w:val="Job Hazard Assessment"/>
           <w:id w:val="-1001737656"/>
           <w:placeholder>
             <w:docPart w:val="ABD4528FB3E440CE9C67B85522B66524"/>
           </w:placeholder>
           <w15:color w:val="000000"/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Not applicable" w:value="Not applicable"/>
             <w:listItem w:displayText="Occasionally &lt;30% Time" w:value="Occasionally &lt;30% Time"/>
             <w:listItem w:displayText="Frequently 30-60% Time" w:value="Frequently 30-60% Time"/>
             <w:listItem w:displayText="Constantly &gt;60% Time" w:value="Constantly &gt;60% Time"/>
           </w:dropDownList>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00C81A66">
+          <w:r w:rsidR="00C81A66" w:rsidRPr="3E7DA2CE">
             <w:rPr>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Not applicable</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="009608CA" w:rsidP="3E7DA2CE" w:rsidRDefault="009608CA" w14:paraId="1DFE4DF6" w14:textId="03721372">
+    <w:p w14:paraId="1DFE4DF6" w14:textId="03721372" w:rsidR="009608CA" w:rsidRDefault="009608CA" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Exposure to persons with challenging behaviour</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:alias w:val="Job Hazard Assessment"/>
           <w:tag w:val="Job Hazard Assessment"/>
           <w:id w:val="-1837680782"/>
           <w:placeholder>
             <w:docPart w:val="956B4E47C84741DD93A023E89F248295"/>
           </w:placeholder>
           <w15:color w:val="000000"/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Not applicable" w:value="Not applicable"/>
             <w:listItem w:displayText="Occasionally &lt;30% Time" w:value="Occasionally &lt;30% Time"/>
             <w:listItem w:displayText="Frequently 30-60% Time" w:value="Frequently 30-60% Time"/>
             <w:listItem w:displayText="Constantly &gt;60% Time" w:value="Constantly &gt;60% Time"/>
           </w:dropDownList>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00C81A66">
+          <w:r w:rsidR="00C81A66" w:rsidRPr="3E7DA2CE">
             <w:rPr>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Not applicable</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="000155D8" w:rsidP="3E7DA2CE" w:rsidRDefault="000155D8" w14:paraId="00C83D2B" w14:textId="62047F85">
+    <w:p w14:paraId="00C83D2B" w14:textId="62047F85" w:rsidR="000155D8" w:rsidRPr="00722340" w:rsidRDefault="000155D8" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C5D2DA" w:themeFill="background2" w:themeFillShade="E6"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Working with larger groups</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
@@ -5887,191 +5633,189 @@
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:alias w:val="Job Hazard Assessment"/>
           <w:tag w:val="Job Hazard Assessment"/>
           <w:id w:val="-623466049"/>
           <w:placeholder>
             <w:docPart w:val="C722E311147A4947B226F4B19B408596"/>
           </w:placeholder>
           <w15:color w:val="000000"/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Not applicable" w:value="Not applicable"/>
             <w:listItem w:displayText="Occasionally &lt;30% Time" w:value="Occasionally &lt;30% Time"/>
             <w:listItem w:displayText="Frequently 30-60% Time" w:value="Frequently 30-60% Time"/>
             <w:listItem w:displayText="Constantly &gt;60% Time" w:value="Constantly &gt;60% Time"/>
           </w:dropDownList>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00C81A66">
+          <w:r w:rsidR="00C81A66" w:rsidRPr="3E7DA2CE">
             <w:rPr>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Not applicable</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="009608CA" w:rsidP="002B5854" w:rsidRDefault="00174FD3" w14:paraId="477D22EC" w14:textId="0F63E094">
+    <w:p w14:paraId="477D22EC" w14:textId="0F63E094" w:rsidR="009608CA" w:rsidRPr="00722340" w:rsidRDefault="00000000" w:rsidP="002B5854">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:pict w14:anchorId="5174F83B">
-          <v:rect id="_x0000_i1036" style="width:451.3pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" alt="" o:hr="t" o:hrstd="t" o:hralign="center" fillcolor="#a0a0a0" stroked="f"/>
+          <v:rect id="_x0000_i1036" alt="" style="width:451.3pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00E76E9F" w:rsidP="002B5854" w:rsidRDefault="00E76E9F" w14:paraId="125D3E1C" w14:textId="6141973C">
+    <w:p w14:paraId="125D3E1C" w14:textId="6141973C" w:rsidR="00E76E9F" w:rsidRPr="00722340" w:rsidRDefault="00E76E9F" w:rsidP="002B5854">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00722340">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Equipment, Tools and Machines</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00CF2A12" w:rsidP="3E7DA2CE" w:rsidRDefault="00CF2A12" w14:paraId="2A40F8D1" w14:textId="222062ED">
+    <w:p w14:paraId="2A40F8D1" w14:textId="222062ED" w:rsidR="00CF2A12" w:rsidRPr="00722340" w:rsidRDefault="00CF2A12" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Working with vibrating machinery </w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="009608CA">
+      <w:r w:rsidR="009608CA" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> tools </w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="009608CA">
+      <w:r w:rsidR="009608CA" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1CCCFF" w:themeColor="accent1" w:themeTint="80"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>^</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:alias w:val="Job Hazard Assessment"/>
           <w:tag w:val="Job Hazard Assessment"/>
           <w:id w:val="332265485"/>
           <w:placeholder>
             <w:docPart w:val="182596CE913D4BF28FFED2D108633264"/>
           </w:placeholder>
           <w15:color w:val="000000"/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Not applicable" w:value="Not applicable"/>
             <w:listItem w:displayText="Occasionally &lt;30% Time" w:value="Occasionally &lt;30% Time"/>
             <w:listItem w:displayText="Frequently 30-60% Time" w:value="Frequently 30-60% Time"/>
             <w:listItem w:displayText="Constantly &gt;60% Time" w:value="Constantly &gt;60% Time"/>
           </w:dropDownList>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00C81A66">
+          <w:r w:rsidR="00C81A66" w:rsidRPr="3E7DA2CE">
             <w:rPr>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Not applicable</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="001B067E" w:rsidP="3E7DA2CE" w:rsidRDefault="001B067E" w14:paraId="0E6DBFEF" w14:textId="37F8BB38">
+    <w:p w14:paraId="0E6DBFEF" w14:textId="37F8BB38" w:rsidR="001B067E" w:rsidRPr="00722340" w:rsidRDefault="001B067E" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C5D2DA" w:themeFill="background2" w:themeFillShade="E6"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Driving duties e.g. LGV, PCVs, forklift trucks </w:t>
       </w:r>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1CCCFF" w:themeColor="accent1" w:themeTint="80"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>^</w:t>
@@ -6085,64 +5829,63 @@
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:alias w:val="Job Hazard Assessment"/>
           <w:tag w:val="Job Hazard Assessment"/>
           <w:id w:val="2019894134"/>
           <w:placeholder>
             <w:docPart w:val="FF3F97D29AA3480D81CE8A07F4919C56"/>
           </w:placeholder>
           <w15:color w:val="000000"/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Not applicable" w:value="Not applicable"/>
             <w:listItem w:displayText="Occasionally &lt;30% Time" w:value="Occasionally &lt;30% Time"/>
             <w:listItem w:displayText="Frequently 30-60% Time" w:value="Frequently 30-60% Time"/>
             <w:listItem w:displayText="Constantly &gt;60% Time" w:value="Constantly &gt;60% Time"/>
           </w:dropDownList>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00C81A66">
+          <w:r w:rsidR="00C81A66" w:rsidRPr="3E7DA2CE">
             <w:rPr>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Not applicable</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00577C4D" w:rsidP="3E7DA2CE" w:rsidRDefault="00577C4D" w14:paraId="7DC707EF" w14:textId="4C8A6687">
+    <w:p w14:paraId="7DC707EF" w14:textId="4C8A6687" w:rsidR="00577C4D" w:rsidRPr="00722340" w:rsidRDefault="00577C4D" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Food handling</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
@@ -6160,64 +5903,63 @@
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:alias w:val="Job Hazard Assessment"/>
           <w:tag w:val="Job Hazard Assessment"/>
           <w:id w:val="509959843"/>
           <w:placeholder>
             <w:docPart w:val="F226A07361D9486289CC04FF0E5BA570"/>
           </w:placeholder>
           <w15:color w:val="000000"/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Not applicable" w:value="Not applicable"/>
             <w:listItem w:displayText="Occasionally &lt;30% Time" w:value="Occasionally &lt;30% Time"/>
             <w:listItem w:displayText="Frequently 30-60% Time" w:value="Frequently 30-60% Time"/>
             <w:listItem w:displayText="Constantly &gt;60% Time" w:value="Constantly &gt;60% Time"/>
           </w:dropDownList>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00C81A66">
+          <w:r w:rsidR="00C81A66" w:rsidRPr="3E7DA2CE">
             <w:rPr>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Not applicable</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00CF2A12" w:rsidP="3E7DA2CE" w:rsidRDefault="00CF2A12" w14:paraId="61509294" w14:textId="39D1E2B1">
+    <w:p w14:paraId="61509294" w14:textId="39D1E2B1" w:rsidR="00CF2A12" w:rsidRPr="00722340" w:rsidRDefault="00CF2A12" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C5D2DA" w:themeFill="background2" w:themeFillShade="E6"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Contact with latex</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
@@ -6238,116 +5980,116 @@
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:alias w:val="Job Hazard Assessment"/>
           <w:tag w:val="Job Hazard Assessment"/>
           <w:id w:val="-174274763"/>
           <w:placeholder>
             <w:docPart w:val="0A9A00FB54BC4201B80E76B28EE39743"/>
           </w:placeholder>
           <w15:color w:val="000000"/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Not applicable" w:value="Not applicable"/>
             <w:listItem w:displayText="Occasionally &lt;30% Time" w:value="Occasionally &lt;30% Time"/>
             <w:listItem w:displayText="Frequently 30-60% Time" w:value="Frequently 30-60% Time"/>
             <w:listItem w:displayText="Constantly &gt;60% Time" w:value="Constantly &gt;60% Time"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:color w:val="auto"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00C81A66">
+          <w:r w:rsidR="00C81A66" w:rsidRPr="3E7DA2CE">
             <w:rPr>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Not applicable</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00E76E9F" w:rsidP="002B5854" w:rsidRDefault="00174FD3" w14:paraId="2714CE0C" w14:textId="1CE67DEC">
+    <w:p w14:paraId="2714CE0C" w14:textId="1CE67DEC" w:rsidR="00E76E9F" w:rsidRPr="00722340" w:rsidRDefault="00000000" w:rsidP="002B5854">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:pict w14:anchorId="7B23865C">
-          <v:rect id="_x0000_i1037" style="width:451.3pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" alt="" o:hr="t" o:hrstd="t" o:hralign="center" fillcolor="#a0a0a0" stroked="f"/>
+          <v:rect id="_x0000_i1037" alt="" style="width:451.3pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="00E76E9F" w:rsidP="002B5854" w:rsidRDefault="00E76E9F" w14:paraId="545A9D0B" w14:textId="077F6D76">
+    <w:p w14:paraId="545A9D0B" w14:textId="077F6D76" w:rsidR="00E76E9F" w:rsidRPr="00722340" w:rsidRDefault="00E76E9F" w:rsidP="002B5854">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00722340">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Physical Abilities</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A40716" w:rsidP="3E7DA2CE" w:rsidRDefault="009608CA" w14:paraId="0F6BC89C" w14:textId="3DCE2C9B">
+    <w:p w14:paraId="0F6BC89C" w14:textId="3DCE2C9B" w:rsidR="00A40716" w:rsidRDefault="009608CA" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Prolonged physical movements or actions</w:t>
       </w:r>
-      <w:r w:rsidRPr="3E7DA2CE" w:rsidR="002666B4">
+      <w:r w:rsidR="002666B4" w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> e.g. walking</w:t>
       </w:r>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1CCCFF" w:themeColor="accent1" w:themeTint="80"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>^</w:t>
       </w:r>
       <w:r>
@@ -6362,62 +6104,62 @@
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:alias w:val="Job Hazard Assessment"/>
           <w:tag w:val="Job Hazard Assessment"/>
           <w:id w:val="-582227515"/>
           <w:placeholder>
             <w:docPart w:val="B403ADF1A5BF48EEB61ED663DC237B43"/>
           </w:placeholder>
           <w15:color w:val="000000"/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Not applicable" w:value="Not applicable"/>
             <w:listItem w:displayText="Occasionally &lt;30% Time" w:value="Occasionally &lt;30% Time"/>
             <w:listItem w:displayText="Frequently 30-60% Time" w:value="Frequently 30-60% Time"/>
             <w:listItem w:displayText="Constantly &gt;60% Time" w:value="Constantly &gt;60% Time"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:color w:val="auto"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00C81A66">
+          <w:r w:rsidR="00C81A66" w:rsidRPr="3E7DA2CE">
             <w:rPr>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Not applicable</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="002666B4" w:rsidP="3E7DA2CE" w:rsidRDefault="002666B4" w14:paraId="4B1384D7" w14:textId="6314F7D0">
+    <w:p w14:paraId="4B1384D7" w14:textId="6314F7D0" w:rsidR="002666B4" w:rsidRPr="00722340" w:rsidRDefault="002666B4" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C5D2DA" w:themeFill="background2" w:themeFillShade="E6"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Prolonged Standing or Sitting</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -6453,62 +6195,62 @@
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:alias w:val="Job Hazard Assessment"/>
           <w:tag w:val="Job Hazard Assessment"/>
           <w:id w:val="-347325804"/>
           <w:placeholder>
             <w:docPart w:val="0844D5E175FB41C289B800A20B6E46E4"/>
           </w:placeholder>
           <w15:color w:val="000000"/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Not applicable" w:value="Not applicable"/>
             <w:listItem w:displayText="Occasionally &lt;30% Time" w:value="Occasionally &lt;30% Time"/>
             <w:listItem w:displayText="Frequently 30-60% Time" w:value="Frequently 30-60% Time"/>
             <w:listItem w:displayText="Constantly &gt;60% Time" w:value="Constantly &gt;60% Time"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:color w:val="auto"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00C81A66">
+          <w:r w:rsidR="00C81A66" w:rsidRPr="3E7DA2CE">
             <w:rPr>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Not applicable</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="009608CA" w:rsidP="3E7DA2CE" w:rsidRDefault="009608CA" w14:paraId="70C1CBCD" w14:textId="1DCB2CC9">
+    <w:p w14:paraId="70C1CBCD" w14:textId="1DCB2CC9" w:rsidR="009608CA" w:rsidRPr="00722340" w:rsidRDefault="009608CA" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="E73238" w:themeColor="accent2"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Moving or handling heavy loads</w:t>
       </w:r>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="3E7DA2CE">
@@ -6542,62 +6284,62 @@
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:alias w:val="Job Hazard Assessment"/>
           <w:tag w:val="Job Hazard Assessment"/>
           <w:id w:val="-977606226"/>
           <w:placeholder>
             <w:docPart w:val="D33CC1DC5B114FC385AFF67160D93DB1"/>
           </w:placeholder>
           <w15:color w:val="000000"/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Not applicable" w:value="Not applicable"/>
             <w:listItem w:displayText="Occasionally &lt;30% Time" w:value="Occasionally &lt;30% Time"/>
             <w:listItem w:displayText="Frequently 30-60% Time" w:value="Frequently 30-60% Time"/>
             <w:listItem w:displayText="Constantly &gt;60% Time" w:value="Constantly &gt;60% Time"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:color w:val="auto"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00C81A66">
+          <w:r w:rsidR="00C81A66" w:rsidRPr="3E7DA2CE">
             <w:rPr>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Not applicable</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="001B067E" w:rsidP="3E7DA2CE" w:rsidRDefault="001B067E" w14:paraId="34B9C7D7" w14:textId="512AE8CC">
+    <w:p w14:paraId="34B9C7D7" w14:textId="512AE8CC" w:rsidR="001B067E" w:rsidRPr="00722340" w:rsidRDefault="001B067E" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C5D2DA" w:themeFill="background2" w:themeFillShade="E6"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Repetitive pulling or pushing</w:t>
       </w:r>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
@@ -6629,134 +6371,135 @@
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:alias w:val="Job Hazard Assessment"/>
           <w:tag w:val="Job Hazard Assessment"/>
           <w:id w:val="421686341"/>
           <w:placeholder>
             <w:docPart w:val="FF6851F9F27D4ACAAF9F8E135090CFFE"/>
           </w:placeholder>
           <w15:color w:val="000000"/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Not applicable" w:value="Not applicable"/>
             <w:listItem w:displayText="Occasionally &lt;30% Time" w:value="Occasionally &lt;30% Time"/>
             <w:listItem w:displayText="Frequently 30-60% Time" w:value="Frequently 30-60% Time"/>
             <w:listItem w:displayText="Constantly &gt;60% Time" w:value="Constantly &gt;60% Time"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:color w:val="auto"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00C81A66">
+          <w:r w:rsidR="00C81A66" w:rsidRPr="3E7DA2CE">
             <w:rPr>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Not applicable</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="003979F4" w:rsidP="3E7DA2CE" w:rsidRDefault="003979F4" w14:paraId="3F4C3592" w14:textId="643AF007">
+    <w:p w14:paraId="3F4C3592" w14:textId="643AF007" w:rsidR="003979F4" w:rsidRPr="00722340" w:rsidRDefault="003979F4" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Repetitive climbing (steps, stools, ladders, stairs) </w:t>
       </w:r>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1CCCFF" w:themeColor="accent1" w:themeTint="80"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>^</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:alias w:val="Job Hazard Assessment"/>
           <w:tag w:val="Job Hazard Assessment"/>
           <w:id w:val="663906404"/>
           <w:placeholder>
             <w:docPart w:val="71365D27AF6D435E87B2EE3D5A2754F3"/>
           </w:placeholder>
           <w15:color w:val="000000"/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Not applicable" w:value="Not applicable"/>
             <w:listItem w:displayText="Occasionally &lt;30% Time" w:value="Occasionally &lt;30% Time"/>
             <w:listItem w:displayText="Frequently 30-60% Time" w:value="Frequently 30-60% Time"/>
             <w:listItem w:displayText="Constantly &gt;60% Time" w:value="Constantly &gt;60% Time"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:color w:val="auto"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00C81A66">
+          <w:r w:rsidR="00C81A66" w:rsidRPr="3E7DA2CE">
             <w:rPr>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Not applicable</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="009608CA" w:rsidP="3E7DA2CE" w:rsidRDefault="009608CA" w14:paraId="55CD6C0F" w14:textId="3BFF0960">
+    <w:p w14:paraId="55CD6C0F" w14:textId="3BFF0960" w:rsidR="009608CA" w:rsidRPr="00722340" w:rsidRDefault="009608CA" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C5D2DA" w:themeFill="background2" w:themeFillShade="E6"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Repetitive crouching, kneeling or stooping</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
@@ -6767,62 +6510,62 @@
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:alias w:val="Job Hazard Assessment"/>
           <w:tag w:val="Job Hazard Assessment"/>
           <w:id w:val="439108642"/>
           <w:placeholder>
             <w:docPart w:val="24B871DDE16B4E52AD164464C9DCE476"/>
           </w:placeholder>
           <w15:color w:val="000000"/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Not applicable" w:value="Not applicable"/>
             <w:listItem w:displayText="Occasionally &lt;30% Time" w:value="Occasionally &lt;30% Time"/>
             <w:listItem w:displayText="Frequently 30-60% Time" w:value="Frequently 30-60% Time"/>
             <w:listItem w:displayText="Constantly &gt;60% Time" w:value="Constantly &gt;60% Time"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:color w:val="auto"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00C81A66">
+          <w:r w:rsidR="00C81A66" w:rsidRPr="3E7DA2CE">
             <w:rPr>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Not applicable</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="009608CA" w:rsidP="3E7DA2CE" w:rsidRDefault="009608CA" w14:paraId="090DDA05" w14:textId="01CB3E36">
+    <w:p w14:paraId="090DDA05" w14:textId="01CB3E36" w:rsidR="009608CA" w:rsidRPr="00722340" w:rsidRDefault="009608CA" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Repetitive lifting</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
@@ -6841,62 +6584,62 @@
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:alias w:val="Job Hazard Assessment"/>
           <w:tag w:val="Job Hazard Assessment"/>
           <w:id w:val="-896897660"/>
           <w:placeholder>
             <w:docPart w:val="AC7F5AD469C34D68B2809C28E39B2267"/>
           </w:placeholder>
           <w15:color w:val="000000"/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Not applicable" w:value="Not applicable"/>
             <w:listItem w:displayText="Occasionally &lt;30% Time" w:value="Occasionally &lt;30% Time"/>
             <w:listItem w:displayText="Frequently 30-60% Time" w:value="Frequently 30-60% Time"/>
             <w:listItem w:displayText="Constantly &gt;60% Time" w:value="Constantly &gt;60% Time"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:color w:val="auto"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00C81A66">
+          <w:r w:rsidR="00C81A66" w:rsidRPr="3E7DA2CE">
             <w:rPr>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Not applicable</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="009608CA" w:rsidP="3E7DA2CE" w:rsidRDefault="009608CA" w14:paraId="161D9DAF" w14:textId="00E2EE47">
+    <w:p w14:paraId="161D9DAF" w14:textId="00E2EE47" w:rsidR="009608CA" w:rsidRPr="00722340" w:rsidRDefault="009608CA" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C5D2DA" w:themeFill="background2" w:themeFillShade="E6"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Fine motor grips (e.g. pipetting)</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
@@ -6910,62 +6653,62 @@
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:alias w:val="Job Hazard Assessment"/>
           <w:tag w:val="Job Hazard Assessment"/>
           <w:id w:val="1086273029"/>
           <w:placeholder>
             <w:docPart w:val="52AB69301E224F45BEB73802C2CA74E5"/>
           </w:placeholder>
           <w15:color w:val="000000"/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Not applicable" w:value="Not applicable"/>
             <w:listItem w:displayText="Occasionally &lt;30% Time" w:value="Occasionally &lt;30% Time"/>
             <w:listItem w:displayText="Frequently 30-60% Time" w:value="Frequently 30-60% Time"/>
             <w:listItem w:displayText="Constantly &gt;60% Time" w:value="Constantly &gt;60% Time"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:color w:val="auto"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00C81A66">
+          <w:r w:rsidR="00C81A66" w:rsidRPr="3E7DA2CE">
             <w:rPr>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Not applicable</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="009608CA" w:rsidP="3E7DA2CE" w:rsidRDefault="009608CA" w14:paraId="4F8D7B1F" w14:textId="37B70C4B">
+    <w:p w14:paraId="4F8D7B1F" w14:textId="37B70C4B" w:rsidR="009608CA" w:rsidRPr="00722340" w:rsidRDefault="009608CA" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Repetitive reaching below shoulder height</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
@@ -6975,62 +6718,62 @@
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:alias w:val="Job Hazard Assessment"/>
           <w:tag w:val="Job Hazard Assessment"/>
           <w:id w:val="1485040594"/>
           <w:placeholder>
             <w:docPart w:val="10C455F0DE5E44FEB0419E994222C970"/>
           </w:placeholder>
           <w15:color w:val="000000"/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Not applicable" w:value="Not applicable"/>
             <w:listItem w:displayText="Occasionally &lt;30% Time" w:value="Occasionally &lt;30% Time"/>
             <w:listItem w:displayText="Frequently 30-60% Time" w:value="Frequently 30-60% Time"/>
             <w:listItem w:displayText="Constantly &gt;60% Time" w:value="Constantly &gt;60% Time"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:color w:val="auto"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00C81A66">
+          <w:r w:rsidR="00C81A66" w:rsidRPr="3E7DA2CE">
             <w:rPr>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Not applicable</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidRPr="00722340" w:rsidR="009608CA" w:rsidP="3E7DA2CE" w:rsidRDefault="009608CA" w14:paraId="1BA0F00D" w14:textId="09AD9E67">
+    <w:p w14:paraId="1BA0F00D" w14:textId="09AD9E67" w:rsidR="009608CA" w:rsidRPr="00722340" w:rsidRDefault="009608CA" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C5D2DA" w:themeFill="background2" w:themeFillShade="E6"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Repetitive reaching at shoulder height</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
@@ -7041,62 +6784,62 @@
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:alias w:val="Job Hazard Assessment"/>
           <w:tag w:val="Job Hazard Assessment"/>
           <w:id w:val="-718898418"/>
           <w:placeholder>
             <w:docPart w:val="A3D5112683C84C299D026CA71D449C5F"/>
           </w:placeholder>
           <w15:color w:val="000000"/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Not applicable" w:value="Not applicable"/>
             <w:listItem w:displayText="Occasionally &lt;30% Time" w:value="Occasionally &lt;30% Time"/>
             <w:listItem w:displayText="Frequently 30-60% Time" w:value="Frequently 30-60% Time"/>
             <w:listItem w:displayText="Constantly &gt;60% Time" w:value="Constantly &gt;60% Time"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:color w:val="auto"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00C81A66">
+          <w:r w:rsidR="00C81A66" w:rsidRPr="3E7DA2CE">
             <w:rPr>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Not applicable</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="009608CA" w:rsidP="3E7DA2CE" w:rsidRDefault="009608CA" w14:paraId="096488D9" w14:textId="5629638D">
+    <w:p w14:paraId="096488D9" w14:textId="5629638D" w:rsidR="009608CA" w:rsidRDefault="009608CA" w:rsidP="3E7DA2CE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E7DA2CE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Repetitive reaching above shoulder height</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
@@ -7107,1063 +6850,992 @@
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:alias w:val="Job Hazard Assessment"/>
           <w:tag w:val="Job Hazard Assessment"/>
           <w:id w:val="-225756194"/>
           <w:placeholder>
             <w:docPart w:val="EB4EEDFB9388458AB598B0BE8FD96D2E"/>
           </w:placeholder>
           <w15:color w:val="000000"/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Not applicable" w:value="Not applicable"/>
             <w:listItem w:displayText="Occasionally &lt;30% Time" w:value="Occasionally &lt;30% Time"/>
             <w:listItem w:displayText="Frequently 30-60% Time" w:value="Frequently 30-60% Time"/>
             <w:listItem w:displayText="Constantly &gt;60% Time" w:value="Constantly &gt;60% Time"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:color w:val="auto"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="3E7DA2CE" w:rsidR="00C81A66">
+          <w:r w:rsidR="00C81A66" w:rsidRPr="3E7DA2CE">
             <w:rPr>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Not applicable</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="000B219D" w:rsidP="002B5854" w:rsidRDefault="00174FD3" w14:paraId="3460001B" w14:textId="250F3342">
+    <w:p w14:paraId="3460001B" w14:textId="250F3342" w:rsidR="000B219D" w:rsidRDefault="00000000" w:rsidP="002B5854">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:pict w14:anchorId="23203147">
-          <v:rect id="_x0000_i1038" style="width:451.3pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" alt="" o:hr="t" o:hrstd="t" o:hralign="center" fillcolor="#a0a0a0" stroked="f"/>
+          <v:rect id="_x0000_i1038" alt="" style="width:451.3pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C9549D" w:rsidP="002B5854" w:rsidRDefault="00C9549D" w14:paraId="162F97B9" w14:textId="1AB1DC60">
+    <w:p w14:paraId="162F97B9" w14:textId="1AB1DC60" w:rsidR="00C9549D" w:rsidRDefault="00C9549D" w:rsidP="002B5854">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C9549D" w:rsidR="00C9549D" w:rsidP="002B5854" w:rsidRDefault="00C9549D" w14:paraId="31BFB046" w14:textId="6FEB1AC2">
+    <w:p w14:paraId="31BFB046" w14:textId="6FEB1AC2" w:rsidR="00C9549D" w:rsidRPr="00C9549D" w:rsidRDefault="00C9549D" w:rsidP="002B5854">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="002E3B" w:themeFill="accent1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Hlk187231256" w:id="54"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk187231256"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Behaviours</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C9549D" w:rsidR="00C9549D" w:rsidP="002B5854" w:rsidRDefault="00C9549D" w14:paraId="14A9B8A1" w14:textId="740E59E0">
+    <w:p w14:paraId="14A9B8A1" w14:textId="740E59E0" w:rsidR="00C9549D" w:rsidRPr="00C9549D" w:rsidRDefault="00C9549D" w:rsidP="002B5854">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9549D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Our </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId14">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00C9549D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:t>Inclusion and Respectful Behaviour Policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C9549D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> describes the expectations of everyone who is a part of our community.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C9549D" w:rsidP="002B5854" w:rsidRDefault="00C9549D" w14:paraId="7E29532F" w14:textId="4E1CC451">
+    <w:p w14:paraId="7E29532F" w14:textId="4E1CC451" w:rsidR="00C9549D" w:rsidRDefault="00C9549D" w:rsidP="002B5854">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9549D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Our </w:t>
       </w:r>
       <w:r w:rsidRPr="00C9549D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Southampton Behaviours</w:t>
       </w:r>
       <w:r w:rsidRPr="00C9549D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (below) outline the responsibilities we each have in working collaboratively to achieve our </w:t>
-[...20 lines deleted...]
-    <w:p w:rsidR="00C9549D" w:rsidP="002B5854" w:rsidRDefault="00C9549D" w14:paraId="75799B36" w14:textId="6DCC8F7B">
+        <w:t xml:space="preserve"> (below) outline the responsibilities we each have in working collaboratively to achieve our University strategy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75799B36" w14:textId="6DCC8F7B" w:rsidR="00C9549D" w:rsidRDefault="00C9549D" w:rsidP="002B5854">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="EF7D00" w:themeFill="accent5"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B219D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Personal Leadership</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="000B219D" w:rsidR="000B219D" w:rsidP="002B5854" w:rsidRDefault="000B219D" w14:paraId="29A4D1E4" w14:textId="77777777">
+    <w:p w14:paraId="29A4D1E4" w14:textId="77777777" w:rsidR="000B219D" w:rsidRPr="000B219D" w:rsidRDefault="000B219D" w:rsidP="002B5854">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00C836E2" w:rsidR="00C9549D" w:rsidP="002B5854" w:rsidRDefault="00C836E2" w14:paraId="490A651C" w14:textId="072126AC">
+    <w:p w14:paraId="490A651C" w14:textId="072126AC" w:rsidR="00C9549D" w:rsidRPr="00C836E2" w:rsidRDefault="00C836E2" w:rsidP="002B5854">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C5D2DA" w:themeFill="background2" w:themeFillShade="E6"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C836E2" w:rsidR="00C9549D">
+      <w:r w:rsidR="00C9549D" w:rsidRPr="00C836E2">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>I take personal responsibility for my own actions and an active approach towards my development.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C9549D" w:rsidR="00C9549D" w:rsidP="002B5854" w:rsidRDefault="00C836E2" w14:paraId="2ED5C45B" w14:textId="52209E88">
+    <w:p w14:paraId="2ED5C45B" w14:textId="52209E88" w:rsidR="00C9549D" w:rsidRPr="00C9549D" w:rsidRDefault="00C836E2" w:rsidP="002B5854">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C5D2DA" w:themeFill="background2" w:themeFillShade="E6"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C9549D" w:rsidR="00C9549D">
+      <w:r w:rsidR="00C9549D" w:rsidRPr="00C9549D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>I reflect on my own behaviour, actively seek feedback and adapt my behaviour accordingly.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C9549D" w:rsidR="00C9549D" w:rsidP="002B5854" w:rsidRDefault="00C836E2" w14:paraId="59DAA116" w14:textId="023A0B43">
+    <w:p w14:paraId="59DAA116" w14:textId="023A0B43" w:rsidR="00C9549D" w:rsidRPr="00C9549D" w:rsidRDefault="00C836E2" w:rsidP="002B5854">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C5D2DA" w:themeFill="background2" w:themeFillShade="E6"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C9549D" w:rsidR="00C9549D">
+      <w:r w:rsidR="00C9549D" w:rsidRPr="00C9549D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">I demonstrate pride, passion and enthusiasm for our </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C9549D" w:rsidR="00C9549D">
+        <w:t>I demonstrate pride, passion and enthusiasm for our University community.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CA42D36" w14:textId="5075A42B" w:rsidR="00C9549D" w:rsidRDefault="00C836E2" w:rsidP="002B5854">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C5D2DA" w:themeFill="background2" w:themeFillShade="E6"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>University</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C9549D" w:rsidR="00C9549D">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> community.</w:t>
-[...4 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="C5D2DA" w:themeFill="background2" w:themeFillShade="E6"/>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidR="00C9549D" w:rsidRPr="00C9549D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...13 lines deleted...]
-        </w:rPr>
         <w:t>I demonstrate respect and build trust with an open and honest approach.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="000B219D" w:rsidR="000B219D" w:rsidP="002B5854" w:rsidRDefault="000B219D" w14:paraId="7581E138" w14:textId="77777777">
+    <w:p w14:paraId="7581E138" w14:textId="77777777" w:rsidR="000B219D" w:rsidRPr="000B219D" w:rsidRDefault="000B219D" w:rsidP="002B5854">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C9549D" w:rsidP="002B5854" w:rsidRDefault="00C9549D" w14:paraId="7085FD92" w14:textId="61D4EB1B">
+    <w:p w14:paraId="7085FD92" w14:textId="61D4EB1B" w:rsidR="00C9549D" w:rsidRDefault="00C9549D" w:rsidP="002B5854">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="00557F"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B219D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Working Together</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="000B219D" w:rsidR="000B219D" w:rsidP="002B5854" w:rsidRDefault="000B219D" w14:paraId="36DF7673" w14:textId="77777777">
+    <w:p w14:paraId="36DF7673" w14:textId="77777777" w:rsidR="000B219D" w:rsidRPr="000B219D" w:rsidRDefault="000B219D" w:rsidP="002B5854">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00C9549D" w:rsidR="00C9549D" w:rsidP="002B5854" w:rsidRDefault="00C836E2" w14:paraId="145ABA17" w14:textId="66F83FEA">
+    <w:p w14:paraId="145ABA17" w14:textId="66F83FEA" w:rsidR="00C9549D" w:rsidRPr="00C9549D" w:rsidRDefault="00C836E2" w:rsidP="002B5854">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C5D2DA" w:themeFill="background2" w:themeFillShade="E6"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C9549D" w:rsidR="00C9549D">
+      <w:r w:rsidR="00C9549D" w:rsidRPr="00C9549D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">I work collaboratively and build productive relationships across our </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C9549D" w:rsidR="00C9549D">
+        <w:t>I work collaboratively and build productive relationships across our University and beyond.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77A1C1DE" w14:textId="790DE88A" w:rsidR="00C9549D" w:rsidRPr="00C9549D" w:rsidRDefault="00C836E2" w:rsidP="002B5854">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C5D2DA" w:themeFill="background2" w:themeFillShade="E6"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>University</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C9549D" w:rsidR="00C9549D">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and beyond.</w:t>
-[...4 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="C5D2DA" w:themeFill="background2" w:themeFillShade="E6"/>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidR="00C9549D" w:rsidRPr="00C9549D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...13 lines deleted...]
-        </w:rPr>
         <w:t>I actively listen to others and communicate clearly and appropriately with everyone.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C9549D" w:rsidR="00C9549D" w:rsidP="002B5854" w:rsidRDefault="00C836E2" w14:paraId="139766B9" w14:textId="6ABF1AC9">
+    <w:p w14:paraId="139766B9" w14:textId="6ABF1AC9" w:rsidR="00C9549D" w:rsidRPr="00C9549D" w:rsidRDefault="00C836E2" w:rsidP="002B5854">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C5D2DA" w:themeFill="background2" w:themeFillShade="E6"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C9549D" w:rsidR="00C9549D">
+      <w:r w:rsidR="00C9549D" w:rsidRPr="00C9549D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>I take an inclusive approach, value the differences that people bring and encourage others to contribute and flourish.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C9549D" w:rsidP="002B5854" w:rsidRDefault="00C836E2" w14:paraId="4F085755" w14:textId="080FCA8A">
+    <w:p w14:paraId="4F085755" w14:textId="080FCA8A" w:rsidR="00C9549D" w:rsidRDefault="00C836E2" w:rsidP="002B5854">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C5D2DA" w:themeFill="background2" w:themeFillShade="E6"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C9549D" w:rsidR="00C9549D">
+      <w:r w:rsidR="00C9549D" w:rsidRPr="00C9549D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>I proactively work through challenge and conflict, considering others’ views to achieve positive and productive outcomes.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="000B219D" w:rsidR="000B219D" w:rsidP="002B5854" w:rsidRDefault="000B219D" w14:paraId="30F98A46" w14:textId="77777777">
+    <w:p w14:paraId="30F98A46" w14:textId="77777777" w:rsidR="000B219D" w:rsidRPr="000B219D" w:rsidRDefault="000B219D" w:rsidP="002B5854">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="000B219D" w:rsidR="00C9549D" w:rsidP="002B5854" w:rsidRDefault="00C9549D" w14:paraId="14576B7C" w14:textId="03DBFE1A">
+    <w:p w14:paraId="14576B7C" w14:textId="03DBFE1A" w:rsidR="00C9549D" w:rsidRPr="000B219D" w:rsidRDefault="00C9549D" w:rsidP="002B5854">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="495961" w:themeFill="text2"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B219D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Developing Others</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="000B219D" w:rsidR="000B219D" w:rsidP="002B5854" w:rsidRDefault="000B219D" w14:paraId="47C313D1" w14:textId="77777777">
+    <w:p w14:paraId="47C313D1" w14:textId="77777777" w:rsidR="000B219D" w:rsidRPr="000B219D" w:rsidRDefault="000B219D" w:rsidP="002B5854">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00C9549D" w:rsidR="00C9549D" w:rsidP="002B5854" w:rsidRDefault="00C836E2" w14:paraId="476D9811" w14:textId="68BBDFD6">
+    <w:p w14:paraId="476D9811" w14:textId="68BBDFD6" w:rsidR="00C9549D" w:rsidRPr="00C9549D" w:rsidRDefault="00C836E2" w:rsidP="002B5854">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C5D2DA" w:themeFill="background2" w:themeFillShade="E6"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C9549D" w:rsidR="00C9549D">
+      <w:r w:rsidR="00C9549D" w:rsidRPr="00C9549D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>I help to create an environment that engages and motivates others.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C9549D" w:rsidR="00C9549D" w:rsidP="002B5854" w:rsidRDefault="00C836E2" w14:paraId="526FABBA" w14:textId="333EC2C0">
+    <w:p w14:paraId="526FABBA" w14:textId="333EC2C0" w:rsidR="00C9549D" w:rsidRPr="00C9549D" w:rsidRDefault="00C836E2" w:rsidP="002B5854">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C5D2DA" w:themeFill="background2" w:themeFillShade="E6"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C9549D" w:rsidR="00C9549D">
+      <w:r w:rsidR="00C9549D" w:rsidRPr="00C9549D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>I take time to support and enable people to be the best they can be.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C9549D" w:rsidR="00C9549D" w:rsidP="002B5854" w:rsidRDefault="00C836E2" w14:paraId="211BD976" w14:textId="56A90253">
+    <w:p w14:paraId="211BD976" w14:textId="56A90253" w:rsidR="00C9549D" w:rsidRPr="00C9549D" w:rsidRDefault="00C836E2" w:rsidP="002B5854">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C5D2DA" w:themeFill="background2" w:themeFillShade="E6"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C9549D" w:rsidR="00C9549D">
+      <w:r w:rsidR="00C9549D" w:rsidRPr="00C9549D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>I recognise and value others’ achievements, give praise and celebrate their success.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C9549D" w:rsidP="002B5854" w:rsidRDefault="00C836E2" w14:paraId="5A0800EA" w14:textId="6AFE5A7F">
+    <w:p w14:paraId="5A0800EA" w14:textId="6AFE5A7F" w:rsidR="00C9549D" w:rsidRDefault="00C836E2" w:rsidP="002B5854">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C5D2DA" w:themeFill="background2" w:themeFillShade="E6"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C9549D" w:rsidR="00C9549D">
+      <w:r w:rsidR="00C9549D" w:rsidRPr="00C9549D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>I deliver balanced feedback to enable others to improve their contribution.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="000B219D" w:rsidR="000B219D" w:rsidP="002B5854" w:rsidRDefault="000B219D" w14:paraId="102DD8E2" w14:textId="77777777">
+    <w:p w14:paraId="102DD8E2" w14:textId="77777777" w:rsidR="000B219D" w:rsidRPr="000B219D" w:rsidRDefault="000B219D" w:rsidP="002B5854">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="000B219D" w:rsidR="00C9549D" w:rsidP="002B5854" w:rsidRDefault="00C9549D" w14:paraId="1549A1D1" w14:textId="21DC0162">
+    <w:p w14:paraId="1549A1D1" w14:textId="21DC0162" w:rsidR="00C9549D" w:rsidRPr="000B219D" w:rsidRDefault="00C9549D" w:rsidP="002B5854">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="0C838C"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B219D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="0C838C"/>
         </w:rPr>
         <w:t>Delivering Quality</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="000B219D" w:rsidR="000B219D" w:rsidP="002B5854" w:rsidRDefault="000B219D" w14:paraId="18860A64" w14:textId="77777777">
+    <w:p w14:paraId="18860A64" w14:textId="77777777" w:rsidR="000B219D" w:rsidRPr="000B219D" w:rsidRDefault="000B219D" w:rsidP="002B5854">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00C9549D" w:rsidR="00C9549D" w:rsidP="002B5854" w:rsidRDefault="00C836E2" w14:paraId="0D3D500B" w14:textId="45962310">
+    <w:p w14:paraId="0D3D500B" w14:textId="45962310" w:rsidR="00C9549D" w:rsidRPr="00C9549D" w:rsidRDefault="00C836E2" w:rsidP="002B5854">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C5D2DA" w:themeFill="background2" w:themeFillShade="E6"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C9549D" w:rsidR="00C9549D">
+      <w:r w:rsidR="00C9549D" w:rsidRPr="00C9549D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>I identify opportunities and take action to make improvements.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C9549D" w:rsidR="00C9549D" w:rsidP="002B5854" w:rsidRDefault="00C836E2" w14:paraId="04345BEA" w14:textId="68986AD0">
+    <w:p w14:paraId="04345BEA" w14:textId="68986AD0" w:rsidR="00C9549D" w:rsidRPr="00C9549D" w:rsidRDefault="00C836E2" w:rsidP="002B5854">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C5D2DA" w:themeFill="background2" w:themeFillShade="E6"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C9549D" w:rsidR="00C9549D">
+      <w:r w:rsidR="00C9549D" w:rsidRPr="00C9549D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>I plan and prioritise efficiently and effectively, taking account of people, processes and resources.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C9549D" w:rsidR="00C9549D" w:rsidP="002B5854" w:rsidRDefault="00C836E2" w14:paraId="67B6D009" w14:textId="02ABEEB8">
+    <w:p w14:paraId="67B6D009" w14:textId="02ABEEB8" w:rsidR="00C9549D" w:rsidRPr="00C9549D" w:rsidRDefault="00C836E2" w:rsidP="002B5854">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C5D2DA" w:themeFill="background2" w:themeFillShade="E6"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C9549D" w:rsidR="00C9549D">
+      <w:r w:rsidR="00C9549D" w:rsidRPr="00C9549D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>I am accountable for tackling issues, making difficult decisions and seeing them through to their conclusion.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C9549D" w:rsidP="002B5854" w:rsidRDefault="00C836E2" w14:paraId="20904807" w14:textId="4D79100F">
+    <w:p w14:paraId="20904807" w14:textId="4D79100F" w:rsidR="00C9549D" w:rsidRDefault="00C836E2" w:rsidP="002B5854">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C5D2DA" w:themeFill="background2" w:themeFillShade="E6"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C9549D" w:rsidR="00C9549D">
+      <w:r w:rsidR="00C9549D" w:rsidRPr="00C9549D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>I encourage creativity and innovation in others, to deliver workable solutions.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="000B219D" w:rsidR="000B219D" w:rsidP="002B5854" w:rsidRDefault="000B219D" w14:paraId="3C6CA22A" w14:textId="77777777">
+    <w:p w14:paraId="3C6CA22A" w14:textId="77777777" w:rsidR="000B219D" w:rsidRPr="000B219D" w:rsidRDefault="000B219D" w:rsidP="002B5854">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="000B219D" w:rsidR="00C9549D" w:rsidP="002B5854" w:rsidRDefault="00C9549D" w14:paraId="34D34E46" w14:textId="69494F1B">
+    <w:p w14:paraId="34D34E46" w14:textId="69494F1B" w:rsidR="00C9549D" w:rsidRPr="000B219D" w:rsidRDefault="00C9549D" w:rsidP="002B5854">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="002F4C"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B219D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Driving Sustainability</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="000B219D" w:rsidR="000B219D" w:rsidP="002B5854" w:rsidRDefault="000B219D" w14:paraId="4A937D53" w14:textId="77777777">
+    <w:p w14:paraId="4A937D53" w14:textId="77777777" w:rsidR="000B219D" w:rsidRPr="000B219D" w:rsidRDefault="000B219D" w:rsidP="002B5854">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00C9549D" w:rsidR="00C9549D" w:rsidP="002B5854" w:rsidRDefault="00C836E2" w14:paraId="0F0FBB53" w14:textId="77A94D26">
+    <w:p w14:paraId="0F0FBB53" w14:textId="77A94D26" w:rsidR="00C9549D" w:rsidRPr="00C9549D" w:rsidRDefault="00C836E2" w:rsidP="002B5854">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C5D2DA" w:themeFill="background2" w:themeFillShade="E6"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C9549D" w:rsidR="00C9549D">
+      <w:r w:rsidR="00C9549D" w:rsidRPr="00C9549D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>I consider the impact on people before taking decisions or actions that may affect them.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C9549D" w:rsidR="00C9549D" w:rsidP="002B5854" w:rsidRDefault="00C836E2" w14:paraId="6992109A" w14:textId="6B4668F2">
+    <w:p w14:paraId="6992109A" w14:textId="6B4668F2" w:rsidR="00C9549D" w:rsidRPr="00C9549D" w:rsidRDefault="00C836E2" w:rsidP="002B5854">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C5D2DA" w:themeFill="background2" w:themeFillShade="E6"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C9549D" w:rsidR="00C9549D">
+      <w:r w:rsidR="00C9549D" w:rsidRPr="00C9549D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>I embrace, enable and embed change effectively.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C9549D" w:rsidR="00C9549D" w:rsidP="002B5854" w:rsidRDefault="00C836E2" w14:paraId="2393DFA7" w14:textId="41588306">
+    <w:p w14:paraId="2393DFA7" w14:textId="41588306" w:rsidR="00C9549D" w:rsidRPr="00C9549D" w:rsidRDefault="00C836E2" w:rsidP="002B5854">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C5D2DA" w:themeFill="background2" w:themeFillShade="E6"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C9549D" w:rsidR="00C9549D">
+      <w:r w:rsidR="00C9549D" w:rsidRPr="00C9549D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>I regularly take account of external and internal factors, assessing the need for change, and gaining support to move forward.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C9549D" w:rsidP="002B5854" w:rsidRDefault="00C836E2" w14:paraId="02E0267E" w14:textId="4A874412">
+    <w:p w14:paraId="02E0267E" w14:textId="4A874412" w:rsidR="00C9549D" w:rsidRDefault="00C836E2" w:rsidP="002B5854">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C5D2DA" w:themeFill="background2" w:themeFillShade="E6"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C9549D" w:rsidR="00C9549D">
+      <w:r w:rsidR="00C9549D" w:rsidRPr="00C9549D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">I take time to understand our </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C9549D" w:rsidR="00C9549D">
+        <w:t>I take time to understand our University strategy and communicate this to others.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39950659" w14:textId="4665B9C2" w:rsidR="000B219D" w:rsidRDefault="00000000" w:rsidP="002B5854">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>University</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C9549D" w:rsidR="00C9549D">
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:pict w14:anchorId="4048DD7C">
+          <v:rect id="_x0000_i1039" alt="" style="width:451.3pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w14:paraId="132792A3" w14:textId="75C249C5" w:rsidR="000B219D" w:rsidRPr="00C9549D" w:rsidRDefault="000B219D" w:rsidP="002B5854">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="002E3B" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> strategy and communicate this to others.</w:t>
-[...33 lines deleted...]
-    <w:sectPr w:rsidRPr="00C9549D" w:rsidR="000B219D" w:rsidSect="00722340">
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="000B219D" w:rsidRPr="00C9549D" w:rsidSect="00722340">
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:footerReference w:type="default" r:id="rId16"/>
       <w:headerReference w:type="first" r:id="rId17"/>
       <w:footerReference w:type="first" r:id="rId18"/>
-      <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="680" w:right="680" w:bottom="680" w:left="680" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0092731E" w:rsidP="00850136" w:rsidRDefault="0092731E" w14:paraId="7A02F9C4" w14:textId="77777777">
+    <w:p w14:paraId="7801E115" w14:textId="77777777" w:rsidR="000767DD" w:rsidRDefault="000767DD" w:rsidP="00850136">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0092731E" w:rsidP="00850136" w:rsidRDefault="0092731E" w14:paraId="05C8CDEF" w14:textId="77777777">
+    <w:p w14:paraId="503BC144" w14:textId="77777777" w:rsidR="000767DD" w:rsidRDefault="000767DD" w:rsidP="00850136">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="0092731E" w:rsidRDefault="0092731E" w14:paraId="6AD9B595" w14:textId="77777777">
+    <w:p w14:paraId="7C21319C" w14:textId="77777777" w:rsidR="000767DD" w:rsidRDefault="000767DD">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -8188,101 +7860,94 @@
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto">
-    <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="5000217F" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
-    <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+        <w:color w:val="002E3B" w:themeColor="accent1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
       <w:id w:val="-1426266246"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
-      <w:rPr>
-[...4 lines deleted...]
-      </w:rPr>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
-        <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
         <w:noProof/>
-        <w:color w:val="002E3B" w:themeColor="accent1" w:themeTint="FF" w:themeShade="FF"/>
-[...1 lines deleted...]
-        <w:szCs w:val="22"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidRPr="004D46AB" w:rsidR="00E76E9F" w:rsidRDefault="00E76E9F" w14:paraId="34A58F89" w14:textId="30FF842D">
+      <w:p w14:paraId="34A58F89" w14:textId="30FF842D" w:rsidR="00E76E9F" w:rsidRPr="004D46AB" w:rsidRDefault="00E76E9F">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:color w:val="002E3B" w:themeColor="accent1"/>
             <w:sz w:val="22"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="004D46AB">
           <w:rPr>
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:color w:val="002E3B" w:themeColor="accent1"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="004D46AB">
           <w:rPr>
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:color w:val="002E3B" w:themeColor="accent1"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
@@ -8293,90 +7958,85 @@
             <w:sz w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="004D46AB">
           <w:rPr>
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:noProof/>
             <w:color w:val="002E3B" w:themeColor="accent1"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="004D46AB">
           <w:rPr>
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:noProof/>
             <w:color w:val="002E3B" w:themeColor="accent1"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidRPr="004D46AB" w:rsidR="00E76E9F" w:rsidRDefault="00E76E9F" w14:paraId="394CD2B4" w14:textId="77777777">
+  <w:p w14:paraId="394CD2B4" w14:textId="77777777" w:rsidR="00E76E9F" w:rsidRPr="004D46AB" w:rsidRDefault="00E76E9F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
         <w:color w:val="002E3B" w:themeColor="accent1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+        <w:color w:val="002E3B" w:themeColor="accent1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
       <w:id w:val="308221901"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
-      <w:rPr>
-[...4 lines deleted...]
-      </w:rPr>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
-        <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
         <w:noProof/>
-        <w:color w:val="002E3B" w:themeColor="accent1" w:themeTint="FF" w:themeShade="FF"/>
-[...1 lines deleted...]
-        <w:szCs w:val="22"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidRPr="004D46AB" w:rsidR="00E76E9F" w:rsidRDefault="00E76E9F" w14:paraId="64D767F5" w14:textId="1631A266">
+      <w:p w14:paraId="64D767F5" w14:textId="1631A266" w:rsidR="00E76E9F" w:rsidRPr="004D46AB" w:rsidRDefault="00E76E9F">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:color w:val="002E3B" w:themeColor="accent1"/>
             <w:sz w:val="22"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="004D46AB">
           <w:rPr>
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:color w:val="002E3B" w:themeColor="accent1"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="004D46AB">
           <w:rPr>
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:color w:val="002E3B" w:themeColor="accent1"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
@@ -8387,104 +8047,104 @@
             <w:sz w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="004D46AB">
           <w:rPr>
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:noProof/>
             <w:color w:val="002E3B" w:themeColor="accent1"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="004D46AB">
           <w:rPr>
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:noProof/>
             <w:color w:val="002E3B" w:themeColor="accent1"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidRPr="004D46AB" w:rsidR="00E76E9F" w:rsidP="00E76E9F" w:rsidRDefault="00E76E9F" w14:paraId="40EFF800" w14:textId="77777777">
+  <w:p w14:paraId="40EFF800" w14:textId="77777777" w:rsidR="00E76E9F" w:rsidRPr="004D46AB" w:rsidRDefault="00E76E9F" w:rsidP="00E76E9F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
         <w:color w:val="002E3B" w:themeColor="accent1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0092731E" w:rsidP="00850136" w:rsidRDefault="0092731E" w14:paraId="26862B15" w14:textId="77777777">
+    <w:p w14:paraId="43B87A79" w14:textId="77777777" w:rsidR="000767DD" w:rsidRDefault="000767DD" w:rsidP="00850136">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0092731E" w:rsidP="00850136" w:rsidRDefault="0092731E" w14:paraId="2D1C6A1A" w14:textId="77777777">
+    <w:p w14:paraId="749525E3" w14:textId="77777777" w:rsidR="000767DD" w:rsidRDefault="000767DD" w:rsidP="00850136">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="0092731E" w:rsidRDefault="0092731E" w14:paraId="656C3DF8" w14:textId="77777777">
+    <w:p w14:paraId="361894A0" w14:textId="77777777" w:rsidR="000767DD" w:rsidRDefault="000767DD">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidR="00850136" w:rsidP="00850136" w:rsidRDefault="00850136" w14:paraId="146A9023" w14:textId="06A97C45">
+  <w:p w14:paraId="146A9023" w14:textId="06A97C45" w:rsidR="00850136" w:rsidRDefault="00850136" w:rsidP="00850136">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidR="003948DC" w:rsidRDefault="00A013BA" w14:paraId="41932D8B" w14:textId="46470995">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="41932D8B" w14:textId="46470995" w:rsidR="003948DC" w:rsidRDefault="00A013BA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r w:rsidRPr="00A013BA">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="23A14247" wp14:editId="1EA67877">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4064635</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-286575</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2520000" cy="645936"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1214496510" name="Picture 3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -8533,831 +8193,944 @@
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05AF2A5F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EF0AF1D2"/>
     <w:lvl w:ilvl="0" w:tplc="8E6A057C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="08D20954"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6062E3E2"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2727" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3447" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4167" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4887" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0BC83904"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9C863146"/>
     <w:lvl w:ilvl="0" w:tplc="ABA8F47E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0FEA419B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="567087BE"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1C6043F0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="34D4353C"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D3666E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9634D384"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21417AB3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D3642C30"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2816072F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7D444144"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38513F2F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A6AA7AFE"/>
     <w:lvl w:ilvl="0" w:tplc="C7F24D3C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="002E3B" w:themeColor="accent1"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -9403,1305 +9176,1307 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3C9F5075"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A40263C2"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="451626DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C3260D64"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46795508"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B66492C6"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E514192"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="95E2A6BC"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66145CD3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9FB8E32C"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F47380A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="073E10EA"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2727" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3447" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4167" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4887" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71E06BF6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ED8216FE"/>
     <w:lvl w:ilvl="0" w:tplc="47864CE0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74594294"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D778C040"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C552ACA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8B9C4CC0"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2727" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3447" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4167" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4887" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F71669F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6DA4C070"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2727" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3447" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4167" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4887" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1079061967">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1468011908">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1960061751">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1331520153">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1893731709">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1468011908">
-[...8 lines deleted...]
-  <w:num w:numId="5" w16cid:durableId="1893731709">
+  <w:num w:numId="6" w16cid:durableId="1357728833">
     <w:abstractNumId w:val="6"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1107307906">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="512182663">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="636883447">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="74933991">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1388648237">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="206454054">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="543445794">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="812990400">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="198130965">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="812990400">
+  <w:num w:numId="16" w16cid:durableId="1954050794">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1366324269">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="388267966">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="198130965">
-[...9 lines deleted...]
-    <w:abstractNumId w:val="12"/>
+  <w:num w:numId="19" w16cid:durableId="2028866380">
+    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
-<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:trackRevisions w:val="true"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2065"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D41E20"/>
     <w:rsid w:val="00000EC8"/>
     <w:rsid w:val="000155D8"/>
     <w:rsid w:val="0004217C"/>
     <w:rsid w:val="000542EC"/>
+    <w:rsid w:val="000767DD"/>
     <w:rsid w:val="000B219D"/>
     <w:rsid w:val="000C0931"/>
     <w:rsid w:val="000E34C2"/>
     <w:rsid w:val="00111D9F"/>
     <w:rsid w:val="001253F7"/>
     <w:rsid w:val="001266E5"/>
     <w:rsid w:val="00142290"/>
     <w:rsid w:val="00145231"/>
     <w:rsid w:val="001546B1"/>
     <w:rsid w:val="00174FD3"/>
     <w:rsid w:val="001A2647"/>
     <w:rsid w:val="001B067E"/>
     <w:rsid w:val="001B565F"/>
     <w:rsid w:val="001B78AB"/>
     <w:rsid w:val="00205048"/>
     <w:rsid w:val="00207344"/>
     <w:rsid w:val="0022540E"/>
     <w:rsid w:val="00232309"/>
     <w:rsid w:val="002338E9"/>
     <w:rsid w:val="00244212"/>
     <w:rsid w:val="00256C9F"/>
     <w:rsid w:val="002666B4"/>
     <w:rsid w:val="00270F82"/>
     <w:rsid w:val="00271BCD"/>
     <w:rsid w:val="002B5854"/>
     <w:rsid w:val="002C7987"/>
     <w:rsid w:val="002D75C9"/>
     <w:rsid w:val="00341D3D"/>
+    <w:rsid w:val="003472EB"/>
     <w:rsid w:val="00351A95"/>
     <w:rsid w:val="0035739F"/>
     <w:rsid w:val="003948DC"/>
     <w:rsid w:val="003979F4"/>
     <w:rsid w:val="003A34A2"/>
     <w:rsid w:val="003C3F9A"/>
     <w:rsid w:val="003F791E"/>
     <w:rsid w:val="00482867"/>
     <w:rsid w:val="004A3DAA"/>
     <w:rsid w:val="004C2AD4"/>
     <w:rsid w:val="004D46AB"/>
     <w:rsid w:val="00502114"/>
     <w:rsid w:val="00527707"/>
     <w:rsid w:val="00577C4D"/>
     <w:rsid w:val="00587D40"/>
     <w:rsid w:val="00595EEB"/>
     <w:rsid w:val="00597215"/>
     <w:rsid w:val="005B29A7"/>
     <w:rsid w:val="005D6D5A"/>
     <w:rsid w:val="00601792"/>
     <w:rsid w:val="00633449"/>
     <w:rsid w:val="00640CC3"/>
     <w:rsid w:val="00663881"/>
     <w:rsid w:val="006807C5"/>
     <w:rsid w:val="006A4B7F"/>
@@ -10768,50 +10543,51 @@
     <w:rsid w:val="00CF2A12"/>
     <w:rsid w:val="00D03506"/>
     <w:rsid w:val="00D165EA"/>
     <w:rsid w:val="00D41E20"/>
     <w:rsid w:val="00D56D51"/>
     <w:rsid w:val="00D56E08"/>
     <w:rsid w:val="00D86E92"/>
     <w:rsid w:val="00DA0322"/>
     <w:rsid w:val="00DC222E"/>
     <w:rsid w:val="00DD10F1"/>
     <w:rsid w:val="00DD1B7D"/>
     <w:rsid w:val="00DF2863"/>
     <w:rsid w:val="00E13B1E"/>
     <w:rsid w:val="00E35221"/>
     <w:rsid w:val="00E37A82"/>
     <w:rsid w:val="00E416F9"/>
     <w:rsid w:val="00E51761"/>
     <w:rsid w:val="00E76E9F"/>
     <w:rsid w:val="00E87318"/>
     <w:rsid w:val="00E907DE"/>
     <w:rsid w:val="00EC6636"/>
     <w:rsid w:val="00EF14A1"/>
     <w:rsid w:val="00F46BA1"/>
     <w:rsid w:val="00F51161"/>
     <w:rsid w:val="00F56318"/>
+    <w:rsid w:val="00F91CA0"/>
     <w:rsid w:val="00FC191A"/>
     <w:rsid w:val="00FC2434"/>
     <w:rsid w:val="00FD7026"/>
     <w:rsid w:val="00FE3660"/>
     <w:rsid w:val="01DE8D27"/>
     <w:rsid w:val="02202023"/>
     <w:rsid w:val="02FF1A8F"/>
     <w:rsid w:val="0579859D"/>
     <w:rsid w:val="0889D16E"/>
     <w:rsid w:val="09131763"/>
     <w:rsid w:val="0B4C8FF2"/>
     <w:rsid w:val="0F59D61D"/>
     <w:rsid w:val="1024156A"/>
     <w:rsid w:val="11D13F46"/>
     <w:rsid w:val="12E8A199"/>
     <w:rsid w:val="133ADEDB"/>
     <w:rsid w:val="171287A6"/>
     <w:rsid w:val="172D5D8B"/>
     <w:rsid w:val="1B08EFD7"/>
     <w:rsid w:val="2161F880"/>
     <w:rsid w:val="26AFB36B"/>
     <w:rsid w:val="2E1E7D51"/>
     <w:rsid w:val="3071E47C"/>
     <w:rsid w:val="32F9FAC0"/>
     <w:rsid w:val="34A68060"/>
@@ -10845,143 +10621,143 @@
     <w:rsid w:val="75E769E9"/>
     <w:rsid w:val="75FCE55C"/>
     <w:rsid w:val="77EC4734"/>
     <w:rsid w:val="782CEB3C"/>
     <w:rsid w:val="79C24B2A"/>
     <w:rsid w:val="7C3B0C27"/>
     <w:rsid w:val="7C776EE5"/>
     <w:rsid w:val="7F9C4CDE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2065"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1BC18D67"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{2C9F8ACD-54CC-4B33-B661-FC43A5AE22A1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:ascii="Lucida Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Lucida Sans" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11137,52 +10913,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -11249,51 +11025,51 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00E76E9F"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="008F1F12"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
@@ -11326,303 +11102,303 @@
       <w:color w:val="002E3B" w:themeColor="accent1"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00A74C90"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="00161D" w:themeColor="accent1" w:themeShade="7F"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="00A74C90"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00A74C90"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="008F1F12"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="002E3B" w:themeColor="accent1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="008F1F12"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="002E3B" w:themeColor="accent1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00A74C90"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00A74C90"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="00161D" w:themeColor="accent1" w:themeShade="7F"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00A2516E"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00A2516E"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00850136"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00850136"/>
     <w:rPr>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00850136"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00850136"/>
     <w:rPr>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00145231"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Style1" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Style1">
     <w:name w:val="Style1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00CE75C9"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Sans" w:hAnsi="Lucida Sans"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00597215"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00597215"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00597215"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00597215"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00597215"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00722340"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
@@ -11713,1358 +11489,1359 @@
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1774398070">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sotonac.sharepoint.com/teams/HealthWellbeing/SitePages/Occupational-Health.aspx" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/what-different-qualification-levels-mean/list-of-qualification-levels" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId16" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.southampton.ac.uk/about/governance/regulations-policies/policies/inclusion-respectful-behaviour" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId22" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sotonac.sharepoint.com/teams/HealthWellbeing/SitePages/Occupational-Health.aspx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/what-different-qualification-levels-mean/list-of-qualification-levels" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.southampton.ac.uk/about/governance/regulations-policies/policies/inclusion-respectful-behaviour" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7E50D46D26B443CB9B4E1D1C5272DAF6"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E02A70F2-45D1-436C-A248-B94EFFC4D99F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00961673" w:rsidP="00C04435" w:rsidRDefault="00C04435">
+        <w:p w:rsidR="00961673" w:rsidRDefault="00C04435" w:rsidP="00C04435">
           <w:pPr>
             <w:pStyle w:val="7E50D46D26B443CB9B4E1D1C5272DAF63"/>
           </w:pPr>
           <w:r w:rsidRPr="00E35221">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E68031FFBECF49EA886A8DA57D61ADAA"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{941384FF-7D5C-4399-8222-88FF204AD797}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00961673" w:rsidP="00C04435" w:rsidRDefault="00C04435">
+        <w:p w:rsidR="00961673" w:rsidRDefault="00C04435" w:rsidP="00C04435">
           <w:pPr>
             <w:pStyle w:val="E68031FFBECF49EA886A8DA57D61ADAA3"/>
           </w:pPr>
           <w:r w:rsidRPr="00E35221">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="69F2CA45FFA04110B8C1BE7732CC2853"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{29F90719-29F0-47E9-BC87-9DC865EF604F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00961673" w:rsidP="00C04435" w:rsidRDefault="00C04435">
+        <w:p w:rsidR="00961673" w:rsidRDefault="00C04435" w:rsidP="00C04435">
           <w:pPr>
             <w:pStyle w:val="69F2CA45FFA04110B8C1BE7732CC28533"/>
           </w:pPr>
           <w:r w:rsidRPr="00E35221">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A07BAD9ABCFB4270A3C63A2A37B8EE1F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{32C34089-1311-4A0B-9F8F-BA33A3A4C790}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00961673" w:rsidP="00C04435" w:rsidRDefault="00C04435">
+        <w:p w:rsidR="00961673" w:rsidRDefault="00C04435" w:rsidP="00C04435">
           <w:pPr>
             <w:pStyle w:val="A07BAD9ABCFB4270A3C63A2A37B8EE1F3"/>
           </w:pPr>
           <w:r w:rsidRPr="00E35221">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:color w:val="auto"/>
               <w:sz w:val="22"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="9E4DEAF928ED49D6820D4E149B202A01"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{7B0C5763-0C6E-4965-B50C-1E79D5F08824}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00961673" w:rsidP="00C04435" w:rsidRDefault="00C04435">
+        <w:p w:rsidR="00961673" w:rsidRDefault="00C04435" w:rsidP="00C04435">
           <w:pPr>
             <w:pStyle w:val="9E4DEAF928ED49D6820D4E149B202A014"/>
           </w:pPr>
           <w:r w:rsidRPr="00722340">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:sz w:val="22"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="FE13E81EB81D4206A65356346B97DA59"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0E35157F-FC5F-4CD0-ADD9-8DCEDF75D8F0}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00961673" w:rsidP="00C04435" w:rsidRDefault="00C04435">
+        <w:p w:rsidR="00961673" w:rsidRDefault="00C04435" w:rsidP="00C04435">
           <w:pPr>
             <w:pStyle w:val="FE13E81EB81D4206A65356346B97DA594"/>
           </w:pPr>
           <w:r w:rsidRPr="00722340">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:sz w:val="22"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B713C1EE454D4866865CD095E7988C54"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{06213DCF-7D00-496F-93C0-F0BD7BB881F9}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00961673" w:rsidP="00C04435" w:rsidRDefault="00C04435">
+        <w:p w:rsidR="00961673" w:rsidRDefault="00C04435" w:rsidP="00C04435">
           <w:pPr>
             <w:pStyle w:val="B713C1EE454D4866865CD095E7988C544"/>
           </w:pPr>
           <w:r w:rsidRPr="00722340">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:sz w:val="22"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="182596CE913D4BF28FFED2D108633264"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{8784D220-F23C-4FB2-B88A-0345561EE6FE}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00961673" w:rsidP="00C04435" w:rsidRDefault="00C04435">
+        <w:p w:rsidR="00961673" w:rsidRDefault="00C04435" w:rsidP="00C04435">
           <w:pPr>
             <w:pStyle w:val="182596CE913D4BF28FFED2D1086332644"/>
           </w:pPr>
           <w:r w:rsidRPr="00722340">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="22"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F226A07361D9486289CC04FF0E5BA570"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F4C302DE-5FD0-44CE-BE6A-7743ED106BAC}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00961673" w:rsidP="00C04435" w:rsidRDefault="00C04435">
+        <w:p w:rsidR="00961673" w:rsidRDefault="00C04435" w:rsidP="00C04435">
           <w:pPr>
             <w:pStyle w:val="F226A07361D9486289CC04FF0E5BA5704"/>
           </w:pPr>
           <w:r w:rsidRPr="00722340">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="22"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0A9A00FB54BC4201B80E76B28EE39743"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A09C17A2-365E-484C-AD0F-977429D8FCC3}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00961673" w:rsidP="00C04435" w:rsidRDefault="00C04435">
+        <w:p w:rsidR="00961673" w:rsidRDefault="00C04435" w:rsidP="00C04435">
           <w:pPr>
             <w:pStyle w:val="0A9A00FB54BC4201B80E76B28EE397434"/>
           </w:pPr>
           <w:r w:rsidRPr="00722340">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="22"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="81709D2F5B854CC9A756FC30CA485902"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C1941F85-608E-408E-A0DD-FF6C3EE6F99C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00961673" w:rsidP="00C04435" w:rsidRDefault="00C04435">
+        <w:p w:rsidR="00961673" w:rsidRDefault="00C04435" w:rsidP="00C04435">
           <w:pPr>
             <w:pStyle w:val="81709D2F5B854CC9A756FC30CA4859024"/>
           </w:pPr>
           <w:r w:rsidRPr="00722340">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:sz w:val="22"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="02B44E7650194AF38C20D68B0B34C5CF"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D381AF54-BA46-4BC6-AAF2-EE83A6C5F66A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00961673" w:rsidP="00C04435" w:rsidRDefault="00C04435">
+        <w:p w:rsidR="00961673" w:rsidRDefault="00C04435" w:rsidP="00C04435">
           <w:pPr>
             <w:pStyle w:val="02B44E7650194AF38C20D68B0B34C5CF4"/>
           </w:pPr>
           <w:r w:rsidRPr="00722340">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:sz w:val="22"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="CA755C62B91242A6ACAC0D467167C25A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4E99E2D9-888B-4F57-BEF0-BB346EE1988D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00961673" w:rsidP="00C04435" w:rsidRDefault="00C04435">
+        <w:p w:rsidR="00961673" w:rsidRDefault="00C04435" w:rsidP="00C04435">
           <w:pPr>
             <w:pStyle w:val="CA755C62B91242A6ACAC0D467167C25A4"/>
           </w:pPr>
           <w:r w:rsidRPr="00722340">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:sz w:val="22"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="916706A82BD7496DAE4AE8BD83EAF7E1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{88AB2473-F100-48BF-87F6-68341A4D3F04}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00961673" w:rsidP="00C04435" w:rsidRDefault="00C04435">
+        <w:p w:rsidR="00961673" w:rsidRDefault="00C04435" w:rsidP="00C04435">
           <w:pPr>
             <w:pStyle w:val="916706A82BD7496DAE4AE8BD83EAF7E14"/>
           </w:pPr>
           <w:r w:rsidRPr="00722340">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:sz w:val="22"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3FBBB96CF81A4635B93D963DA569C64C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2D384AD7-B9E1-43D0-BBD2-E178C287F32B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00961673" w:rsidP="00C04435" w:rsidRDefault="00C04435">
+        <w:p w:rsidR="00961673" w:rsidRDefault="00C04435" w:rsidP="00C04435">
           <w:pPr>
             <w:pStyle w:val="3FBBB96CF81A4635B93D963DA569C64C4"/>
           </w:pPr>
           <w:r w:rsidRPr="00722340">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:sz w:val="22"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B85B10B26216441BA6C9BF51DD3112E2"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B078B4DB-33C2-4FE4-BF52-5D085A5BBEA0}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00961673" w:rsidP="00C04435" w:rsidRDefault="00C04435">
+        <w:p w:rsidR="00961673" w:rsidRDefault="00C04435" w:rsidP="00C04435">
           <w:pPr>
             <w:pStyle w:val="B85B10B26216441BA6C9BF51DD3112E24"/>
           </w:pPr>
           <w:r w:rsidRPr="00722340">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:sz w:val="22"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D9964B985B574E988788C854F379B62F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1F34D5B3-5A0C-449B-AEEE-DBEFB85579F7}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00961673" w:rsidP="00C04435" w:rsidRDefault="00C04435">
+        <w:p w:rsidR="00961673" w:rsidRDefault="00C04435" w:rsidP="00C04435">
           <w:pPr>
             <w:pStyle w:val="D9964B985B574E988788C854F379B62F4"/>
           </w:pPr>
           <w:r w:rsidRPr="00722340">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:sz w:val="22"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5D6B4431B92641C1B13591FF936F507F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{94E168C9-7C52-4E82-BAAD-D865FDC99D59}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00961673" w:rsidP="00C04435" w:rsidRDefault="00C04435">
+        <w:p w:rsidR="00961673" w:rsidRDefault="00C04435" w:rsidP="00C04435">
           <w:pPr>
             <w:pStyle w:val="5D6B4431B92641C1B13591FF936F507F4"/>
           </w:pPr>
           <w:r w:rsidRPr="00722340">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:sz w:val="22"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="529D19CEEEA047009C12FD354D58E84A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{DE269653-63E8-4787-95A8-E0C93E202E5A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00961673" w:rsidP="00C04435" w:rsidRDefault="00C04435">
+        <w:p w:rsidR="00961673" w:rsidRDefault="00C04435" w:rsidP="00C04435">
           <w:pPr>
             <w:pStyle w:val="529D19CEEEA047009C12FD354D58E84A4"/>
           </w:pPr>
           <w:r w:rsidRPr="00722340">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:sz w:val="22"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2198E843053F420EB4680AAC3FB9E1A3"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A24C43B5-B04C-4E8C-AB52-685A9F3E757A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00961673" w:rsidP="00C04435" w:rsidRDefault="00C04435">
+        <w:p w:rsidR="00961673" w:rsidRDefault="00C04435" w:rsidP="00C04435">
           <w:pPr>
             <w:pStyle w:val="2198E843053F420EB4680AAC3FB9E1A34"/>
           </w:pPr>
           <w:r w:rsidRPr="00722340">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:sz w:val="22"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="32D85C7765EA48A1B96056CE217BC6A0"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{DC06D14F-62DC-4464-A8F8-286EC190775B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00961673" w:rsidP="00C04435" w:rsidRDefault="00C04435">
+        <w:p w:rsidR="00961673" w:rsidRDefault="00C04435" w:rsidP="00C04435">
           <w:pPr>
             <w:pStyle w:val="32D85C7765EA48A1B96056CE217BC6A04"/>
           </w:pPr>
           <w:r w:rsidRPr="00722340">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:sz w:val="22"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="49C003BB906F4C0D910650FB178855D1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{910C50D1-B8EE-41A6-8E9B-C689E23068A5}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00961673" w:rsidP="00C04435" w:rsidRDefault="00C04435">
+        <w:p w:rsidR="00961673" w:rsidRDefault="00C04435" w:rsidP="00C04435">
           <w:pPr>
             <w:pStyle w:val="49C003BB906F4C0D910650FB178855D14"/>
           </w:pPr>
           <w:r w:rsidRPr="00722340">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:sz w:val="22"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0E7FDF1F12DC4851AAAB5D7878C24DA9"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D88B2E80-EE3D-4C32-9BAD-1398CC76DF69}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00961673" w:rsidP="00C04435" w:rsidRDefault="00C04435">
+        <w:p w:rsidR="00961673" w:rsidRDefault="00C04435" w:rsidP="00C04435">
           <w:pPr>
             <w:pStyle w:val="0E7FDF1F12DC4851AAAB5D7878C24DA94"/>
           </w:pPr>
           <w:r w:rsidRPr="00722340">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:sz w:val="22"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="8588F495E1B34F5DA077DB0F6D5951FA"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E64DCD75-E4A3-4864-9AEA-EBAA64D200FC}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00961673" w:rsidP="00C04435" w:rsidRDefault="00C04435">
+        <w:p w:rsidR="00961673" w:rsidRDefault="00C04435" w:rsidP="00C04435">
           <w:pPr>
             <w:pStyle w:val="8588F495E1B34F5DA077DB0F6D5951FA4"/>
           </w:pPr>
           <w:r w:rsidRPr="00722340">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:sz w:val="22"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="ABD4528FB3E440CE9C67B85522B66524"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{113741CE-1B9D-4B72-9EAC-7C0CC1963306}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00961673" w:rsidP="00C04435" w:rsidRDefault="00C04435">
+        <w:p w:rsidR="00961673" w:rsidRDefault="00C04435" w:rsidP="00C04435">
           <w:pPr>
             <w:pStyle w:val="ABD4528FB3E440CE9C67B85522B665244"/>
           </w:pPr>
           <w:r w:rsidRPr="00722340">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:sz w:val="22"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="956B4E47C84741DD93A023E89F248295"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4F00B09D-5173-4A60-AFB6-B33F08573547}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00961673" w:rsidP="00C04435" w:rsidRDefault="00C04435">
+        <w:p w:rsidR="00961673" w:rsidRDefault="00C04435" w:rsidP="00C04435">
           <w:pPr>
             <w:pStyle w:val="956B4E47C84741DD93A023E89F2482954"/>
           </w:pPr>
           <w:r w:rsidRPr="00722340">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:sz w:val="22"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B403ADF1A5BF48EEB61ED663DC237B43"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3CC97F3D-00AD-48D1-8630-DF777559E99E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00961673" w:rsidP="00C04435" w:rsidRDefault="00C04435">
+        <w:p w:rsidR="00961673" w:rsidRDefault="00C04435" w:rsidP="00C04435">
           <w:pPr>
             <w:pStyle w:val="B403ADF1A5BF48EEB61ED663DC237B434"/>
           </w:pPr>
           <w:r w:rsidRPr="00722340">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="22"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D33CC1DC5B114FC385AFF67160D93DB1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1433D6FE-65FB-4B4F-9A64-18924C63B2C3}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00961673" w:rsidP="00C04435" w:rsidRDefault="00C04435">
+        <w:p w:rsidR="00961673" w:rsidRDefault="00C04435" w:rsidP="00C04435">
           <w:pPr>
             <w:pStyle w:val="D33CC1DC5B114FC385AFF67160D93DB14"/>
           </w:pPr>
           <w:r w:rsidRPr="00722340">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="22"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="24B871DDE16B4E52AD164464C9DCE476"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5C2BEAE2-03C9-475E-877C-41FA5453EB3C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00961673" w:rsidP="00C04435" w:rsidRDefault="00C04435">
+        <w:p w:rsidR="00961673" w:rsidRDefault="00C04435" w:rsidP="00C04435">
           <w:pPr>
             <w:pStyle w:val="24B871DDE16B4E52AD164464C9DCE4764"/>
           </w:pPr>
           <w:r w:rsidRPr="00722340">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="22"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="AC7F5AD469C34D68B2809C28E39B2267"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{76B39C9E-5F02-4DA0-BB78-4B3236091B2D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00961673" w:rsidP="00C04435" w:rsidRDefault="00C04435">
+        <w:p w:rsidR="00961673" w:rsidRDefault="00C04435" w:rsidP="00C04435">
           <w:pPr>
             <w:pStyle w:val="AC7F5AD469C34D68B2809C28E39B22674"/>
           </w:pPr>
           <w:r w:rsidRPr="00722340">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="22"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="52AB69301E224F45BEB73802C2CA74E5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{71DE0D92-7F1D-4C4E-9246-A991FD08BBDB}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00961673" w:rsidP="00C04435" w:rsidRDefault="00C04435">
+        <w:p w:rsidR="00961673" w:rsidRDefault="00C04435" w:rsidP="00C04435">
           <w:pPr>
             <w:pStyle w:val="52AB69301E224F45BEB73802C2CA74E54"/>
           </w:pPr>
           <w:r w:rsidRPr="00722340">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="22"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="10C455F0DE5E44FEB0419E994222C970"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{DFB24AFB-DB9C-4DC8-A65C-3E239EF4F3B0}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00961673" w:rsidP="00C04435" w:rsidRDefault="00C04435">
+        <w:p w:rsidR="00961673" w:rsidRDefault="00C04435" w:rsidP="00C04435">
           <w:pPr>
             <w:pStyle w:val="10C455F0DE5E44FEB0419E994222C9704"/>
           </w:pPr>
           <w:r w:rsidRPr="00722340">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="22"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A3D5112683C84C299D026CA71D449C5F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{97672753-56E0-4F8A-9F9B-4B047E18B5A1}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00961673" w:rsidP="00C04435" w:rsidRDefault="00C04435">
+        <w:p w:rsidR="00961673" w:rsidRDefault="00C04435" w:rsidP="00C04435">
           <w:pPr>
             <w:pStyle w:val="A3D5112683C84C299D026CA71D449C5F4"/>
           </w:pPr>
           <w:r w:rsidRPr="00722340">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="22"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="EB4EEDFB9388458AB598B0BE8FD96D2E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F6B16AC3-FE34-45E3-A829-4D5B8CE739BC}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00961673" w:rsidP="00C04435" w:rsidRDefault="00C04435">
+        <w:p w:rsidR="00961673" w:rsidRDefault="00C04435" w:rsidP="00C04435">
           <w:pPr>
             <w:pStyle w:val="EB4EEDFB9388458AB598B0BE8FD96D2E4"/>
           </w:pPr>
           <w:r w:rsidRPr="00722340">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="22"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C722E311147A4947B226F4B19B408596"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9C3C04FF-E273-4643-A8A0-B779AFE0484E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00C04435" w:rsidP="00C04435" w:rsidRDefault="00C04435">
+        <w:p w:rsidR="00C04435" w:rsidRDefault="00C04435" w:rsidP="00C04435">
           <w:pPr>
             <w:pStyle w:val="C722E311147A4947B226F4B19B408596"/>
           </w:pPr>
           <w:r w:rsidRPr="00722340">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0844D5E175FB41C289B800A20B6E46E4"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CC1FFF58-B375-4359-8767-087491E63476}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00FC2434" w:rsidP="00FC2434" w:rsidRDefault="00FC2434">
+        <w:p w:rsidR="00FC2434" w:rsidRDefault="00FC2434" w:rsidP="00FC2434">
           <w:pPr>
             <w:pStyle w:val="0844D5E175FB41C289B800A20B6E46E4"/>
           </w:pPr>
           <w:r w:rsidRPr="00722340">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="22"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="FF3F97D29AA3480D81CE8A07F4919C56"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{24DFED6D-292B-4550-9B4C-64C98777AB7C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00FC2434" w:rsidP="00FC2434" w:rsidRDefault="00FC2434">
+        <w:p w:rsidR="00FC2434" w:rsidRDefault="00FC2434" w:rsidP="00FC2434">
           <w:pPr>
             <w:pStyle w:val="FF3F97D29AA3480D81CE8A07F4919C56"/>
           </w:pPr>
           <w:r w:rsidRPr="00722340">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="22"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="948BA8E4A7824F7382083669246615BE"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{709DB76B-161D-4708-A908-84ED92EE2D05}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00FC2434" w:rsidP="00FC2434" w:rsidRDefault="00FC2434">
+        <w:p w:rsidR="00FC2434" w:rsidRDefault="00FC2434" w:rsidP="00FC2434">
           <w:pPr>
             <w:pStyle w:val="948BA8E4A7824F7382083669246615BE"/>
           </w:pPr>
           <w:r w:rsidRPr="00722340">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:sz w:val="22"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="FF6851F9F27D4ACAAF9F8E135090CFFE"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{050916D6-AF2D-42DC-8692-17BBE047975A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00FC2434" w:rsidP="00FC2434" w:rsidRDefault="00FC2434">
+        <w:p w:rsidR="00FC2434" w:rsidRDefault="00FC2434" w:rsidP="00FC2434">
           <w:pPr>
             <w:pStyle w:val="FF6851F9F27D4ACAAF9F8E135090CFFE"/>
           </w:pPr>
           <w:r w:rsidRPr="00722340">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="22"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="71365D27AF6D435E87B2EE3D5A2754F3"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1AF9F1D2-3FC4-4F14-8704-65462A2750AA}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00FC2434" w:rsidP="00FC2434" w:rsidRDefault="00FC2434">
+        <w:p w:rsidR="00FC2434" w:rsidRDefault="00FC2434" w:rsidP="00FC2434">
           <w:pPr>
             <w:pStyle w:val="71365D27AF6D435E87B2EE3D5A2754F3"/>
           </w:pPr>
           <w:r w:rsidRPr="00722340">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="22"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -13091,99 +12868,111 @@
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto">
-    <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="5000217F" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
-    <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000A5732"/>
     <w:rsid w:val="000A5732"/>
     <w:rsid w:val="000B41E7"/>
     <w:rsid w:val="001266E5"/>
     <w:rsid w:val="00256C9F"/>
+    <w:rsid w:val="003472EB"/>
     <w:rsid w:val="00351A95"/>
     <w:rsid w:val="004C2AD4"/>
     <w:rsid w:val="00595EEB"/>
     <w:rsid w:val="00601792"/>
     <w:rsid w:val="006260E5"/>
+    <w:rsid w:val="00644292"/>
     <w:rsid w:val="006807C5"/>
     <w:rsid w:val="006A4B7F"/>
     <w:rsid w:val="00727B4D"/>
     <w:rsid w:val="00783F34"/>
     <w:rsid w:val="007D5C4A"/>
     <w:rsid w:val="0083734C"/>
     <w:rsid w:val="00936CA7"/>
     <w:rsid w:val="009548CE"/>
     <w:rsid w:val="00961673"/>
     <w:rsid w:val="00975693"/>
     <w:rsid w:val="00B76E0F"/>
     <w:rsid w:val="00C04435"/>
     <w:rsid w:val="00C402BB"/>
     <w:rsid w:val="00C6007A"/>
     <w:rsid w:val="00CB500A"/>
     <w:rsid w:val="00D07F72"/>
     <w:rsid w:val="00DC222E"/>
     <w:rsid w:val="00E37A82"/>
     <w:rsid w:val="00E51761"/>
     <w:rsid w:val="00FC2434"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
@@ -14105,51 +13894,51 @@
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="71365D27AF6D435E87B2EE3D5A2754F3">
     <w:name w:val="71365D27AF6D435E87B2EE3D5A2754F3"/>
     <w:rsid w:val="00FC2434"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="UoS">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="495961"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E1E8EC"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="002E3B"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E73238"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="1E8765"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FCBC00"/>
@@ -14420,50 +14209,80 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <ResearcherInvolved xmlns="9f8affc1-1773-451c-8f00-5d38c91816ea">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </ResearcherInvolved>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <TaxCatchAll xmlns="679bc0a9-d706-43ab-8d4d-431ee86bcb8b" xsi:nil="true"/>
+    <PPSActivity xmlns="9f8affc1-1773-451c-8f00-5d38c91816ea" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="9f8affc1-1773-451c-8f00-5d38c91816ea">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010031B187E07B5CD24598F0DE2435390DA9" ma:contentTypeVersion="22" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5384d63cee380eebaca58d45c48cef29">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="9f8affc1-1773-451c-8f00-5d38c91816ea" xmlns:ns3="679bc0a9-d706-43ab-8d4d-431ee86bcb8b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a636b4cda26ff339dfcdefbd9f120ecb" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="9f8affc1-1773-451c-8f00-5d38c91816ea"/>
     <xsd:import namespace="679bc0a9-d706-43ab-8d4d-431ee86bcb8b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
@@ -14757,121 +14576,117 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...28 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6CC584FA-EDAB-414B-AF6C-A284DDF2F9A8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8ADD5949-F6DF-4852-B7CE-5B72A6E2071C}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C5AF2E07-DBD1-43B4-9757-BAF8FB8B968B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="9f8affc1-1773-451c-8f00-5d38c91816ea"/>
+    <ds:schemaRef ds:uri="679bc0a9-d706-43ab-8d4d-431ee86bcb8b"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2EABC4EF-E7E0-4D79-A737-D942D3373F71}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C5AF2E07-DBD1-43B4-9757-BAF8FB8B968B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8ADD5949-F6DF-4852-B7CE-5B72A6E2071C}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="9f8affc1-1773-451c-8f00-5d38c91816ea"/>
+    <ds:schemaRef ds:uri="679bc0a9-d706-43ab-8d4d-431ee86bcb8b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>8</Pages>
+  <Words>1823</Words>
+  <Characters>11288</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>275</Lines>
+  <Paragraphs>198</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company>University of Southampton</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>12913</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>David Wayman</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010031B187E07B5CD24598F0DE2435390DA9</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>